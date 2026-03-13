--- v0 (2025-12-13)
+++ v1 (2026-03-13)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>BRDC</t>
   </si>
   <si>
     <t>Balancete  Despesa e Receita da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/</t>
   </si>
   <si>
     <t>BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DO MÊS DE JANEIRO DO ANO DE 2012</t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DO MÊS DE FEVEREIRO DO ANO DE 2012</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DO MÊS DE MARÇO DO ANO DE 2012</t>
   </si>
   <si>
     <t>7302</t>
   </si>
@@ -168,51 +168,51 @@
   <si>
     <t>BALANCETE DA RECEITA E DA DESPESA DA CÂMARA MUNICIPAL DO MÊS DE NOVEMBRO DO ANO DE 2012</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>BALANCETE DA RECEITA E DA DESPESA REF. DEZEMBRO DE 2012</t>
   </si>
   <si>
     <t>6947</t>
   </si>
   <si>
     <t>BCONP</t>
   </si>
   <si>
     <t>Balanço Contábil Prefeitura Mun. e Consolidado</t>
   </si>
   <si>
     <t>Vanderlei Borges de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2012/6947/6947_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2012/6947/6947_texto_integral.pdf</t>
   </si>
   <si>
     <t>BALANÇO CONTÁBIL DA PREFEITURA MUNICIPAL DO ANO DE 2012</t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
     <t>BALANCETES DA RECEITA E DESPESA DA PREFEITURA E CONSOLIDADOS, REFERENTE AOS MESES DE OUTUBRO, NOVEMBRO E DEZEMBRO DE 2012. O SENHOR 1º. SECRETÁRIO INFORMA QUE O PARECER DA COMISSÃO DE FINANÇAS E ORÇAMENTO, É MAJORITÁRIO FAVORÁVEL AO SEU ARQUIVAMENTO. LIDO O PARECER O SENHOR PRESIDENTE COLOCA O MESMO EM DELIBERAÇÃO.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
@@ -552,67 +552,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2012/6947/6947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2012/6947/6947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>