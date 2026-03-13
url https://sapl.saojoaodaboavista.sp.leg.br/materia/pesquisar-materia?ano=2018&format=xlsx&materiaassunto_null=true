--- v0 (2025-12-12)
+++ v1 (2026-03-13)
@@ -54,11875 +54,11875 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10701</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer Final da Comissão Processante</t>
   </si>
   <si>
     <t>Bira, Odair Pirinoto, Patrícia Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARECER FINAL DA COMISSÃO PROCESSANTE AO PROCESSO POLÍTICO-ADMINISTRATIVO 01-2017, DA MUNÍCIPE GISLAINE CRISTINA DOS REIS GAMA EM FACE DO VEREADOR FERNANDO BONARETI BETTI, POR QUEBRA DE DECORO PARLAMENTAR.</t>
   </si>
   <si>
     <t>10123</t>
   </si>
   <si>
     <t>PAUT</t>
   </si>
   <si>
     <t>Pautas das Sessões</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10123/10123_texto_integral.docx</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10123/10123_texto_integral.docx</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 19/02/2018</t>
   </si>
   <si>
     <t>10124</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10124/10124_texto_integral.docx</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10124/10124_texto_integral.docx</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 26/02/2018</t>
   </si>
   <si>
     <t>10172</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10172/10172_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10172/10172_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 05/03/2018</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10173/10173_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10173/10173_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 12/03/2018</t>
   </si>
   <si>
     <t>10250</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10250/10250_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10250/10250_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 19/03/2018</t>
   </si>
   <si>
     <t>10303</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10303/10303_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10303/10303_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 26/03/2018</t>
   </si>
   <si>
     <t>10304</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10304/10304_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10304/10304_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 02/04/2018</t>
   </si>
   <si>
     <t>10305</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10305/10305_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10305/10305_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 09/04/2018</t>
   </si>
   <si>
     <t>10337</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10337/10337_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10337/10337_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 16/04/2018</t>
   </si>
   <si>
     <t>10361</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10361/10361_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10361/10361_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 23/04/2018</t>
   </si>
   <si>
     <t>10400</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10400/10400_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10400/10400_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 02/05/2018</t>
   </si>
   <si>
     <t>10426</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10426/10426_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10426/10426_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA 07/05/2018</t>
   </si>
   <si>
     <t>10466</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10466/10466_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10466/10466_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 14/05/2018.</t>
   </si>
   <si>
     <t>10505</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 21/05/2018.</t>
   </si>
   <si>
     <t>10534</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10534/10534_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10534/10534_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 28/05/2018</t>
   </si>
   <si>
     <t>10558</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 04/06/2018</t>
   </si>
   <si>
     <t>10579</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10579/10579_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10579/10579_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 11/06/2018</t>
   </si>
   <si>
     <t>10616</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10616/10616_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10616/10616_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 18/06/2018</t>
   </si>
   <si>
     <t>10634</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10634/10634_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10634/10634_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 25/06/2018</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10749/10749_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10749/10749_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 13/08/2018</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10783/10783_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10783/10783_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 20/08/2018</t>
   </si>
   <si>
     <t>10817</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10817/10817_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10817/10817_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 27/08/2018</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 03/09/2018</t>
   </si>
   <si>
     <t>10855</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10855/10855_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10855/10855_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 10/09/2018</t>
   </si>
   <si>
     <t>10883</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10883/10883_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10883/10883_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 17/09/2018</t>
   </si>
   <si>
     <t>10884</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10884/10884_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10884/10884_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 24/09/2018</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11018/pauta_sessao_ordinaria_01.10.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11018/pauta_sessao_ordinaria_01.10.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 01/10/2018</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11019/pauta_sessao_ordinaria_08.10.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11019/pauta_sessao_ordinaria_08.10.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 08/10/2018</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11020/pauta_sessao_ordinaria_15.10.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11020/pauta_sessao_ordinaria_15.10.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 15/10/2018</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11021/pauta_sessao_ordinaria_22.10.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11021/pauta_sessao_ordinaria_22.10.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 22/10/2018</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11051/pauta_sessao_ordinaria_29.10.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11051/pauta_sessao_ordinaria_29.10.2018.pdf</t>
   </si>
   <si>
     <t>Ementa: PAUTA DA SESSÃO ORDINÁRIA DE 29/10/2018</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11216/pauta_sessao_ordinaria_05.11.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11216/pauta_sessao_ordinaria_05.11.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 05/11/2018</t>
   </si>
   <si>
     <t>11217</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11217/pauta_sessao_ordinaria_12.11.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11217/pauta_sessao_ordinaria_12.11.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 12/11/2018</t>
   </si>
   <si>
     <t>11218</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11218/pauta_sessao_ordinaria_21.11.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11218/pauta_sessao_ordinaria_21.11.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 21/11/2018</t>
   </si>
   <si>
     <t>11219</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11219/pauta_sessao_ordinaria_26.11.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11219/pauta_sessao_ordinaria_26.11.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 26/11/2018</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11220/pauta_sessao_ordinaria_03.12.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11220/pauta_sessao_ordinaria_03.12.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 03/12/2018</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11221/pauta_sessao_ordinaria_10.12.2018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11221/pauta_sessao_ordinaria_10.12.2018.pdf</t>
   </si>
   <si>
     <t>PAUTA DA SESSÃO ORDINÁRIA DE 10/12/2018</t>
   </si>
   <si>
     <t>10033</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10033/10033_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10033/10033_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 01 (UMA) VAGA DO CARGO DE CALCETEIRO, CONSTANTE DA TABELA "A" DO ANEXO I DA LEI N° 670, DE 22 DE MAIO DE 1922</t>
   </si>
   <si>
     <t>10034</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10034/10034_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10034/10034_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO EM COMISSÃO NA TABELA "A" DO ANEXO III DA LEI N° 670/92, CONSTANTE DA TABELA DE VENCIMENTOS "E" DO ANEXO II DA MESMA LEI</t>
   </si>
   <si>
     <t>10035</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10035/10035_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10035/10035_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 22 DA LEI MUNICIPAL N° 4.243/2017</t>
   </si>
   <si>
     <t>10036</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10036/10036_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10036/10036_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS N°3.195, DE 02 DE OUTUBRO DE 2012 E N° 3.217, DE 23 DE NOVEMBRO DE 2012, QUE DISPÕEM SOBRE A DOAÇÃO DA ÁREA DE PROPRIEDADE DO MUNICÍPIO À HARALD INDÚSTRIA E COMÉRCIO DE ALIMENTOS LTDA, EMPRESA CADASTRADA JUNTO AO CNPJ SOB N° 88.304.001/001-70</t>
   </si>
   <si>
     <t>10037</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10037/10037_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10037/10037_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N° 4.203, DE 24 DE OUTUBRO DE 2017, QUE DISPÕE SOBRE DOAÇÕES DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À RESSOLAGEM BOA VISTA EPP, EMPRESA CADASTRADA JUNTO AO CNPJ N° 59.763.029/0001-78</t>
   </si>
   <si>
     <t>10038</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10038/10038_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10038/10038_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N° 4.022, DE 30 DE AGOSTO DE 2016, QUE DISPÕE SOBRE DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À GCHFCH INDÚSTRIA E COMÉRCIO DE AÇO E CALDEIRARIA LTDA ME, EMPRESA CADASTRADA JUNTO AO CNPJ N° 15.397.024/0001-01</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10067/10067_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10067/10067_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ENTIDADE MUNICIPAL &amp;#8211; ENSINO INFANTIL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10068/10068_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10068/10068_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CESSÃO DE USO DE BENS PÚBLICOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10069/10069_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10069/10069_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 02 (DUAS) VAGAS NO QUADRO PERMANENTE DO CARGO DE ENGENHEIRO CIVIL 40 HORAS, CONSTANTE DA TABELA &amp;#8220;C&amp;#8221; DO ANEXO I DA LEI Nº 670/92, EXTINGUE 01 (UMA) VAGA DO CARGO DE ENGENHEIRO CIVIL 30 HORAS, CONSTANTE DA TABELA &amp;#8220;C&amp;#8221; DO ANEXO I DA LEI Nº 670/92, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10070/10070_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10070/10070_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REPASSE DE RECURSOS AO CONDERG &amp;#8211; CONSÓRCIO DE DESENVOLVIMENTO DA REGIÃO DE GOVERNO DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10071/10071_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10071/10071_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REPASSE DE RECURSOS AO CONSÓRCIO DE DESENVOLVIMENTO DA REGIÃO DE GOVERNO DE SÃO JOÃO DA BOA VISTA - CONDERG&amp;#8221;</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10072/10072_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10072/10072_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 01 (UMA) VAGA DO CARGO DE CONTADOR, CONSTANTE DA TABELA &amp;#8220;C&amp;#8221; DO ANEXO I DA LEI Nº 670/92</t>
   </si>
   <si>
     <t>10073</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10073/10073_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10073/10073_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE ALTERA A REDAÇÃO DA ALÍNEA "A" DO ART "6" DA LEI N° 2.601</t>
   </si>
   <si>
     <t>10076</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10076/10076_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10076/10076_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS N°S 3.038, DE 13 DE SETEMBRO DE 2011, 3.708, DE 21 DE OUTUBRO DE 2014 E 3.996, DE 08 DE JUNHO DE 2016</t>
   </si>
   <si>
     <t>10077</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10077/10077_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10077/10077_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 516, DE 27 DE JUNHO DE 1991, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SAUDE E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10078</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10078/10078_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10078/10078_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 15 (QUINZE) VAGAS DO CARGO DE VIGIA, CONSTANTE DA TABELA "A" DO ANEXO I DA LEI N° 670/92</t>
   </si>
   <si>
     <t>10080</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10080/10080_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10080/10080_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 10 (DEZ) VAGAS NO CARGO PERMANENTE DE AUXILIAR ADMINISTRATIVO, CONSTANTE DA TABELA "B" DO ANEXO I DA LEI N° 670/92, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10125</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10125/10125_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10125/10125_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;RETIFICA O ANEXO I DA LEI Nº 4.243, DE 12 DE DEZEMBRO DE 2017&amp;#8221;</t>
   </si>
   <si>
     <t>10126</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10126/10126_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10126/10126_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § 2º DO ART. 5º DA LEI Nº 4.242, DE 12 DE DEZEMBRO DE 2.017, QUE ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA PARA O EXERCÍCIO DE 2.018. EM DELIBERAÇÃO</t>
   </si>
   <si>
     <t>10127</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10127/10127_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10127/10127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA 02 (DUAS) VAGAS NO QUADRO PERMANENTE DO CARGO DE FARMACÊUTICO, CONSTANTE DA TABELA &amp;#8220;C&amp;#8221; DO ANEXO I DA LEI Nº 670/92, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10128</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10128/10128_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10128/10128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INCLUI O ARTIGO 4º NA LEI Nº 4.196, DE 10 DE OUTUBRO DE 2.017 (AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANCO DO BRASIL S.A. E DÁ OUTRAS PROVIDÊNCIAS). </t>
   </si>
   <si>
     <t>10147</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10147/10147_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10147/10147_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE CONCESSÃO E PERMISSÃO DA PRESTAÇÃO DE SERVIÇOS PÚBLICOS, PARA A OUTORGA DE CONCESSÃO À EXECUÇÃO DE SERVIÇOS DE ADMINISTRAÇÃO, GERENCIAMENTO, CONTROLE E OPERAÇÃO DE PÁTIO DE RECOLHIMENTO DE VEÍCULOS, DENTRO DO TERRITÓRIO DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10149</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10149/10149_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10149/10149_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE REESTRUTURA O ESTATUTO DO MAGISTÉRIO PÚBLICO MUNICIPAL E CRIA O PLANO CARGOS, CARREIRAS E SALÁRIOS DO MAGISTÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>10150</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10150/10150_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10150/10150_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE CONTRIBUIÇÃO À CASA DE APOIO AO MENOR IRMÃ DULCE &amp;#8211; CAMID E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10151</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10151/10151_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10151/10151_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 01 (UMA) VAGA NO QUADRO PERMANENTE DO CARGO DE FISCAL AMBIENTAL, CONSTANTE DA TABELA &amp;#8220;B&amp;#8221; DO ANEXO I DA LEI Nº 670/92, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10184</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10184/10184_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10184/10184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PLANO DIRETOR DE TURISMO DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10185</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10185/10185_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10185/10185_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 86 DA LEI Nº 3.818, DE 24 DE MARÇO DE 2.015, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10215</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10215/10215_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10215/10215_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE INSTALAÇÃO DE CURSOS DE ENSINO TÉCNICO DO PRONATEC (PROGRAMA NACIONAL DE ACESSO AO ENSINO TÉCNICO E EMPREGO), MEDIANTE UNIDADES REMOTAS DA FUNDAÇÃO INDAIATUBANA DE EDUCAÇÃO E CULTURA &amp;#8211; FIEC NO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>10216</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10216/10216_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10216/10216_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS Nº 3.222, DE 27 DE NOVEMBRO DE 2012 E Nº 3.710, DE 21 DE OUTUBRO DE 2014, QUE DISPÕEM SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A ANSANI USINAGEM INDUSTRIAL LTDA.</t>
   </si>
   <si>
     <t>10217</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10217/10217_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10217/10217_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A PLASTON TERMOPLÁSTICOS EIRELI EPP, EMPRESA CADASTRADA JUNTO AO CNPJ SOB Nº 12.123.091/0001-31, DE ACORDO COM O DISPOSTO NO § 4º DO ARTIGO 17 DA LEI FEDERAL Nº 8.666/93, NO INCISO I E § 1º DO ARTIGO 99 DA LEI ORGÂNICA DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E NA LEI MUNICIPAL Nº 1.173/2003.</t>
   </si>
   <si>
     <t>10277</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10277/10277_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10277/10277_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 4.224, DE 22 DE NOVEMBRO DE 2.017, QUE DISPÕE SOBRE DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À LINK SERVIÇOS INDUSTRIAIS EIRELI.</t>
   </si>
   <si>
     <t>10278</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10278/10278_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10278/10278_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DOS ARTIGOS 1º E 2º.DA LEI Nº 4.261, DE 27 DE FEVEREIRO DE 2.018 (CONDERG). </t>
   </si>
   <si>
     <t>10279</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10279/10279_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10279/10279_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º E 3º.DA LEI Nº 4.260, DE 27 DE FEVEREIRO DE 2.018 (CONDERG).</t>
   </si>
   <si>
     <t>10280</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10280/10280_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10280/10280_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 20 (VINTE) VAGAS DO CARGO DE ASSISTENTE DE DESENVOLVIMENTO DA INFÂNCIA, CONSTANTE DA TABELA &amp;#8220;A&amp;#8221; DO ANEXO I DA LEI Nº 670/92.</t>
   </si>
   <si>
     <t>10281</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10281/10281_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10281/10281_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 05 (CINCO) VAGAS DO CARGO DE INSPETOR DE ALUNOS, CONSTANTE DA TABELA &amp;#8220;B&amp;#8221; DO ANEXO I DA LEI Nº 670/92</t>
   </si>
   <si>
     <t>10306</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10306/10306_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10306/10306_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RECURSOS PROVENIENTES DO IMPOSTO SOBRE A RENDA E PROVENTOS DE QUALQUER NATUREZA, OBJETO DA LEI MUNICIPAL Nº 161 DE 17 DE JUNHO DE 1998, ARRECADADOS PELO CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO &amp;#8211; FAE.</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10307/10307_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10307/10307_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUXILIO PROVIDO DE RECURSOS DO FUNDO MUNICIPAL DO IDOSO &amp;#8211; FMI À ORGANIZAÇÃO A SOCIEDADE CIVIL LAR VICENTINO SÃO JOSÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10308</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10308/10308_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10308/10308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE QUE O PROLONGAMENTO IDENTIFICADO POR RUELA &amp;#8220;A&amp;#8221;, SITUADA NO BAIRRO SANTO ANTONIO, DENOMINAR-SE-Á TAMBÉM DE RUA ALZIRO APARECIDO CANDIDO. </t>
   </si>
   <si>
     <t>10309</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10309/10309_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10309/10309_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 49 E O ARTIGO 60 DA LEI COMPLEMENTAR Nº 106, DE 23 DE DEZEMBRO DE 1997, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10362</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10362/10362_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10362/10362_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À J.G. INSTAL. EMPREEND. E MONT. IND. LTDA.</t>
   </si>
   <si>
     <t>10363</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10363/10363_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10363/10363_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR OS CONCURSOS DE DANÇAS JUNINAS E CONCURSOS DE CARTUCHOS DE DOCES JUNINOS NA FESTA DE SÃO JOÃO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10427</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10427/10427_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10427/10427_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI Nº 4.297, DE 17 DE ABRIL DE 2.018, QUE CONCEDE AUXÍLIO PROVIDO DE RECURSOS DO FUNDO MUNICIPAL DO IDOSO &amp;#8211; FMI À ORGANIZAÇÃO DA SOCIEDADE CIVIL LAR VICENTINO SÃO JOSÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10465</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10465/10465_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10465/10465_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À AQUANALYZE BRASIL PRODUTOS QUÍMICOS LTDA. EPP. </t>
   </si>
   <si>
     <t>10494</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10494/10494_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10494/10494_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA RUA DONA GABRIELA O TRECHO DE VI PÚBLICA COMPREENDIDO ENTRE AS CONFLUÊNCIAS DAS RUAS BAHIA E RIO DE JANEIRO ATÉ A RUA GENERAL OSÓRIO, NO JARDIM SATÉLITE, BEM COMO O TRECHO ENTRE A RUA GENERAL OSÓRIO ATÉ A RUA JOSÉ AGUILAR, NO BAIRRO SÃO LÁZARO. </t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À LUBTOLPRODUTOS QUÍMICOS INDUSTRIAIS EIRELI EPP. </t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10497/10497_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10497/10497_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA A LEI MUNICIPAL Nº 662, DE 30 DE MAIO DE 2.001, QUE DISPÕE SOBRE O CREDENCIAMENTO DE ADVOGADO PARA COBRANÇA AMIGÁVEL OU JUDICIAL DOS CRÉDITOS RELATIVOS ÀS MENSALIDADES EM ATRASO DE ALUNOS OU EX-ALUNOS DA AUTARQUIA MUNICIPAL FACULDADES ASSOCIADAS DE ENSINO DE SÃO JOÃO DA BOA VISTA - FAE. </t>
   </si>
   <si>
     <t>10517</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10517/10517_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10517/10517_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA PROJETO DE LEI QUE DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO  A SÉRGIO ANTONIO BENEDETI ME, CNPJ 04.880.144.144/0001-30</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10518/10518_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10518/10518_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A MV DO L SILVEIRA ME CNPJ 07.018.180/0001-88</t>
   </si>
   <si>
     <t>10519</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10519/10519_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10519/10519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À EMPRESA COMÉRCIO DE EMBALAGENS PLÁSTICAS POVEDA LTDA EPP CNPJ 10.156.597/0001-11</t>
   </si>
   <si>
     <t>10520</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10520/10520_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10520/10520_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICIPIO A RODRIGUES E MORAIS PEDRAS DECORATIVAS LTDA ME. CNPJ 01.948.459/0001-84</t>
   </si>
   <si>
     <t>10521</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10521/10521_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10521/10521_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI Nº 3.445/2013, SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À DISTRIDAN COMÉRCIO E TRANSPORTE DE ALIMENTOS LTDA.</t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10522/10522_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10522/10522_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A JORNADA PADRÃO DO CARGO DE AUXILIAR DE LABORATÓRIO, CONSTANTE DO ANEXO I, DA TABELA "B" DA LEI N° 665, DE 07 DE JUNHO DE 2001.</t>
   </si>
   <si>
     <t>10553</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10553/10553_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10553/10553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA O PARÁGRAFO ÚNICO DO ARTIGO 277 DO CÓDIGO TRIBUTÁRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>10554</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10554/10554_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10554/10554_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 34, 41 E 55, § 3°, TODOS DA LEI N° 1.477, DE 28 DE DEZEMBRO DE 2004, DISPÕE SOBRE O CÓDIGO DE EDIFICAÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10555</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10555/10555_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10555/10555_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INC. IV DO ART. 2° DA LEI N° 2.933, DE 30 DE DEZEMBRO DE 2010 QUE "ESTABELECE HORÁRIO DE FUNCIONAMENTO PARA ESTABELECIMENTOS QUE COMERCIALIZAM BEBIDAS ALCOÓLICAS E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>10556</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA A ELABORAÇÃO DA LEI ORÇAMENTARIA DE 2019 E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS CONSTANTES NA LEI N° 4239, DE 12/12/2017, RELATIVA AO PLANO PLURIANUAL - PPA 2018-2021</t>
   </si>
   <si>
     <t>10559</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO JOÃO DA BOA VISTA A ADQUIRIR, MEDIANTE DESAPROPRIAÇÃO AMIGÁVEL OU JUDICIAL, O IMÓVEL LOCALIZADO MA RUA PROFESSOR LUIZ GONZAGA GODOY N° 227, BAIRRO SANTA EDWIRGES, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10577</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10577/10577_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10577/10577_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO JOÃO DA BOA VISTA A OUTORGAR TROFÉUS, MEDALHAS E CERTIFICADOS AOS PARTICIPANTES DO V FESTIVAL DE TEATRO AMADOR "LEILAH ASSUMPÇÃO", A SER REALIZADO DE 21 A 31 DE DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>10635</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10635/10635_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10635/10635_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A DOAR PARA UNIVERSIDADE ESTADUAL "JULIO DE MESQUITA FILHO" CAMPUS EXPERIMENTAL DE SÃO JOÃO DA BOA VISTA 2 (DOIS) RETRANSMISSORES DE TV TELAVO AVALIADOS EM R$ 1.500,00 CONFORME LAUDO DE AVALIAÇÃO CONSTANTE ÁS FLS. 22 DO PROCESSO ADMINISTRATIVO N° 9296/2017</t>
   </si>
   <si>
     <t>10636</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10636/10636_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10636/10636_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO ATRAVÉS DO PODER EXECUTIVO, A RECEBER EM DOAÇÃO EQUIPAMENTOS DE INFORMÁTICA DESTINADOS AO CEREST</t>
   </si>
   <si>
     <t>10637</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10637/10637_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10637/10637_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTES NOS VENCIMENTOS DOS SERVIDORES DA PREFEITURA MUNICIPAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10638/10638_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10638/10638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES DA AUTARQUIA MUNICIPAL O CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO-FAE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10639</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10639/10639_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10639/10639_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE SALARIAL AOS SERVIDORES ATIVOS DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DO MUNICÍPIO,  BEM COMO SOBRE OS PROVENTOS DOS SERVIDORES INATIVOS E PENSIONISTAS COM DIREITO Á PARIDADE</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10640/10640_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10640/10640_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A GENOVA INDUSTRIA E COMÉRCIO DE BALANÇAS EPP, EMPRESA CADASTRADA JUNTO AO CNPJ N° 05.865.879/0001-58</t>
   </si>
   <si>
     <t>10669</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10669/10669_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10669/10669_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO Á MARILDA CALANDRINI ME, EMPRESA CADASTRADA JUNTO AO CNPJ SOB N° 05.436.719/0001-93</t>
   </si>
   <si>
     <t>10670</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10670/10670_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10670/10670_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO Á P E G SERVIÇOS E REPRESENTAÇÕES INDUSTRIAISLTDA - ME, CADASTRADA AO CNPJ SOB N° 28.905.047/0001-13</t>
   </si>
   <si>
     <t>10671</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10671/10671_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10671/10671_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO JOÃO DA BOA VISTA A CONCEDER AUXÍLIO PARA LOCAÇÃO DE IMÓVEIS, Á EMPRESA EPUR COMÉRCIO DE ESPUMAS EIRELI EPP, CNPJ N° 27.831.133/0001-66</t>
   </si>
   <si>
     <t>10672</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10672/10672_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10672/10672_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO ÚNICO AO ARTIGO 14 DA LEI N° 4.243, DE 23 DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>10673</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10673/10673_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10673/10673_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 6°, DO INCISO II, DO ART. 3°, E O CAPUT DO ARTG. 10, DA LEI COMPLEMENTAR N° 4.207, DE 24 DE OUTUBRO DE 2017, DEFININDO NOVOS VALORES INCIDENTES A TÍTULO DE GRATIFICAÇÃO ESPECIAL  DEVIDA AOS SERVIDORES INDICADOS PARA PARTICIPAR COMO MEMBROS DOS ÓRGÃOS COLEGIADOS DO IPSJBV</t>
   </si>
   <si>
     <t>10674</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10674/10674_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10674/10674_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA GRATIFICAÇÃO ESPECÍFICA PARA EXERCÍCIO DE FUNÇÃO NOS EVENTOS DENOMINADOS JOGOS REGIONAIS, JOGOS REGIONAIS DO IDOSO - JORI E JOGOS ABERTOS DO INTERIOR PAULISTA</t>
   </si>
   <si>
     <t>10675</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10675/10675_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10675/10675_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO XIV, DO ARTIGO 74, DA LEI N° 656 DE 28 DE ABRIL DE 1992 E DEFINE AS HIPÓTESES E VALORES DA GRATIFICAÇÃO ESPECIAL PELO EXERCÍCIO DE ENCARGO AUXILIAR, POR SERVIDOR PÚBLICO</t>
   </si>
   <si>
     <t>10676</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10676/10676_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10676/10676_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE CONTRIBUIÇÃO À OSC LAR VICENTINO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10688</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10688/10688_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10688/10688_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A PORTAL SÃO JOÃO COMÉRCIO DE MADEIRAS LTDA EPP</t>
   </si>
   <si>
     <t>10689</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10689/10689_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10689/10689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO A APORTAR RECURSOS FINANCEIROS OBJETIVANDO A EDIFICAÇÃO DE EQUIPAMENTO PÚBLICO A EDUCAÇÃO </t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10696/10696_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10696/10696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL QUE ESPECIFICA. </t>
   </si>
   <si>
     <t>10697</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10697/10697_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10697/10697_texto_integral.pdf</t>
   </si>
   <si>
     <t>10699</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10699/10699_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10699/10699_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPIEDADE  DO MUNICÍPIO À  J. G. INSTAL. EMPREEND. E MONT. IND. LTDA. </t>
   </si>
   <si>
     <t>10703</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A APORTAR RECURSOS FINANCEIROS, PARA COMPLEMENTAÇÃO DO RECURSO ADVINDO DA INTEGRALIZAÇÃO DE COTAS NO FUNDO DE ARRENDAMENTO RESIDENCIAL (FAR), NO ÂMBITO DO PROGRAMA NACIONAL DE HABITAÇÃO URBANA (PNHU), INTEGRANTE DO PROGRAMA MINHA CASA MINHA VIDA - PMCMV, OBJETIVANDO A EDIFICAÇÃO DE EQUIPAMENTO PÚBLICO DE EDUCAÇÃO (ESCOLA NO PARQUE DOS RESEDÁS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10720/10720_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10720/10720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DA LEI Nº 1.395, DE 28 DE SETEMBRO DE 2.004. </t>
   </si>
   <si>
     <t>10721</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10721/10721_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10721/10721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA OS §§ 1º, 2º E 3º NO ARTIGO 2º, ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 12, ALTERA O § 5º DO ARTIGO 31, ALTERA O ARTIGO 47, EXCLUI O § 2º DO ARTIGO 51 E ALTERA OS ITENS 2 A 9 DO ANEXO II &amp;#8211; CRONOGRAMA DE AÇÕES, PREVISTO NA LEI N&amp;#1678; 3.462, DE 18 DE DEZEMBRO DE 2.013 E LEI Nº 4.068, DE 28 DE DEZEMBRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10760</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10760/10760_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10760/10760_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA DESCONTO EM FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS DO CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO &amp;#8211; FAE PARA OS FINS QUE ESPECÍFICA. </t>
   </si>
   <si>
     <t>10761</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10761/10761_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10761/10761_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE USO DE IMÓVEL QUE ESPECIFICA À ASSOCIAÇÃO DE VALORIZAÇÃO E PROMOÇÃO DE PESSOAS COM DEFICIÊNCIA - AVAPED</t>
   </si>
   <si>
     <t>10810</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10810/10810_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10810/10810_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE POLÍTICAS PÚBLICAS DE ÁLCOOL E DROGAS NO MUNICÍPIO E A CRIAÇÃO DO FUNDO MUNICIPAL DE ÁLCOOL E DROGAS </t>
   </si>
   <si>
     <t>10811</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10811/10811_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10811/10811_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AUTORIZAÇÃO PARA CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO ENTRE O MUNICÍPIO E UNIFAE </t>
   </si>
   <si>
     <t>10812</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10812/10812_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10812/10812_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DOAÇÃO DE ÁREA DO MUNICÍPIO Á AG RUBBO COMÉRCIO E REPRESENTAÇÕES LTDA </t>
   </si>
   <si>
     <t>10813</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10813/10813_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10813/10813_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DOAÇÃO DE ÁREA DO MUNICÍPIO Á ALEX GRULI ME</t>
   </si>
   <si>
     <t>10814</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10814/10814_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10814/10814_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO V DO § 2º DO ART. 2º, O INCISO I DO § 4º DO ART. 2º, O § 6º DO ART. 2º, O INCISO II DO § 8º DO ART. 3º, O § 2º DO ART. 5º, INCLUI OS §§ 3º E 4º NO ART. 7º, ALTERA O CAPUT DO ART. 12, O INCISO III DE SEU § 1º E SEUS §§ 1º, 2º, 3º, 4º, 5º, 6º, REVOGA O INCISO II DO § 1º DO ART. 12 E O INCISO XVI DO ART. 13, ALTERA O CAPUT DO ART. 14 E SEUS INCISOS I, IV E V, ALTERA O CAPUT DO ART. 18 E OS INCISOS I, III, IV E V DO SEU § 1º BEM COMO ALTERA O SEU § 4º, ALTERA O INCISO VI DO ART. 19, ALTERA OS INCISOS VIII, XXII E XXIII DO ART. 22, ALTERA OS CONTEÚDOS DOS QUADROS DE &amp;#8220;ESCOLARIDADE E REQUISITOS&amp;#8221; E &amp;#8220;FORMA DE PROVIMENTO&amp;#8221; RELATIVAMENTE AO CARGO DE SUPERINTENDENTE CONSTANTE DO ANEXO I &amp;#8211; QUADRO DE PESSOAL DO IPSJBV &amp;#8211; CARGOS EM COMISSÃO, TUDO COM RELAÇÃO À LEI Nº 4.207, DE 24 DE OUTUBRO DE 2.017.</t>
   </si>
   <si>
     <t>10815</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10815/10815_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10815/10815_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECLASSIFICAÇÃO DO CARGO DE PSICÓLOGO CONSTANTE NA TABELA C DO ANEXO I DA LEI N° 670</t>
   </si>
   <si>
     <t>10816</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10816/10816_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10816/10816_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE SUBVENÇÃO SOCIAL À ORGANIZAÇÕES DA SOCIEDADE CIVIL CENTRO DE ATENDIMENTO AO ADOLESCENTE E À CRIANÇA COM HUMANISMO &amp;#8211; CAACCH PROVIDOS DE RECURSO DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10856</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10856/10856_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10856/10856_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 15 (QUINZE) VAGAS DO CARGO DE VIGIA, CONSTANTE DA TABELA "A" DO ANEXO I DA LEI N°670/92</t>
   </si>
   <si>
     <t>10875</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10875/10875_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10875/10875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CREDENCIAMENTO DE INSTITUIÇÕES FINANCEIRAS ESTABELECIDAS NESTA CIDADE, PARA CONCESSÃO DE EMPRÉSTIMOS A SERVIDORES MUNICIPAIS MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO. </t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE DENOMINAÇÃO DE AVENIDA PROFESSORA ISETTE CORRÊA FONTÃO NO TRECHO CONHECIDO COMO FAZENDA DAS AREIAS OU FAZENDA SANTA RITA DAS AREIAS, BEM COMO O TRECHO DE VIA PÚBLICA DE LIGAÇÃO COM A AVENIDA SANTO PELOZIO. </t>
   </si>
   <si>
     <t>10877</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10877/10877_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10877/10877_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A INOVEINOX EQUIPAMENTOS INDUSTRIAIS LTDA.</t>
   </si>
   <si>
     <t>10885</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10885/10885_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10885/10885_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA A LEI Nº 4.334, DE 13 DE JULHO DE 2.018, QUE DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO À MARILDA CALANDRINI ME. </t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10886/10886_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10886/10886_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DA ALÍNEA &amp;#8220;A&amp;#8221; DO ARTIGO 6º DA LEI Nº 1.173, DE 19 DE AGOSTO DE 2.003, ALTERADA PELO ARTIGO 2º DA LEI Nº 1.422, DE 24 DE NOVEMBRO DE 2.004 E PELO ARTIGO 3º DA LEI Nº 3.692, DE 10 DE OUTUBRO DE 2.014; ALTERA O § 1º DO ARTIGO 6º DA LEI Nº 1.173, DE 19 DE AGOSTO DE 2.003, BEM COMO ACRESCENTA, AO MESMO ARTIGO, O § 10. </t>
   </si>
   <si>
     <t>10913</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO IV DO ARTIGO 79, DA LEI N° 2.148, DE 25 DE SETEMBRO DE 2.007, QUE DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10914</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O INCISO II DO ART. 2º DA LEI Nº 4.088, DE 17 DE FEVEREIRO DE 2017</t>
   </si>
   <si>
     <t>10918</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10918/10918_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10918/10918_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA 20 (VINTE) VAGAS DO CARGO DE AGENTE ADMINISTRATIVO, CONSTANTE NA TABELA "C" DO ANEXO I DA LEI N° 670/92</t>
   </si>
   <si>
     <t>10919</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10919/10919_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10919/10919_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1°, 2° E 3° DA LEI 1837 DE 26 DE ABRIL DE 2006</t>
   </si>
   <si>
     <t>10920</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10920/10920_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10920/10920_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E DÁ OUTRAS PREVIDÊNCIAS </t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10921/10921_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10921/10921_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTINGUE TRÊS VAGAS DO CARGO DE MOTORISTA, CONSTANTE NA TABELA "A" DO ANEXO I DA LEI N° 670/92, O CARGO DE CARPINTEIRO. </t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A ADQUIRIR IMÓVEL DE PROPRIEDADE DE TEREZA CRISTINA RIBEIRO DE OLIVEIRA GONZALES, CHRISTIANO LUIZ RIBEIRO D OLIVEIRA, GERALDO HAUI DE OLIVEIRA, MARIA CRISTINA HAUI DE OLIVEIRA E MARILIA DE OLIVEIRA ANFE, DESTINADO A INSTALAÇÃO DE REPARTIÇÃO PÚBLICA MUNICIPAL</t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10944/projeto.104.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10944/projeto.104.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N° 3.844, DE 30 DE JUNHO DE 2.015, QUE DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A PALINE &amp; ALVES LTDA, EMPRESA CADASTRADA JUNTO AO CNPJ SOB N° 49.393.549/0001-82</t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10945/projeto.105.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10945/projeto.105.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE ÁREA DE PROPRIEDADE DO MUNICÍPIO A M G TONON ME, EMPRESA CADASTRADA JUNTO AO CNPJ SOB O N° 07.308.556/001-99.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10946/projeto.106.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10946/projeto.106.pdf</t>
   </si>
   <si>
     <t>CRIA UMA VAGA DO CARGO DE ASSISTENTE SOCIAL, CONSTANTE NA TABELA "C" DO ANEXO I DA LEI N° 670/92</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10947/projeto.107.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10947/projeto.107.pdf</t>
   </si>
   <si>
     <t>CRIA DUAS VAGAS DO CARGO DE FISCAL DE OBRAS E POSTURAS, CONSTANTE DA TABELA "B" DO ANEXO I DA LEI N° 670/92</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>CFO - FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10967/projeto.108.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10967/projeto.108.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 023/2018 – Do Executivo – Reestrutura o Estatuto do Magistério Público Municipal e cria o Plano de Cargos, Carreiras e Salários do Magistério Público do Município de São João da Boa Vista, relativamente à educação básica e dá providências correlatas.</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11012/projeto.109.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11012/projeto.109.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CORREÇÃO DO VALOR DE DOTAÇÃO ORÇAMENTÁRIA DE QUE TRATA O ART. 2° DA LEI N° 4.373, DE 09 DE OUTUBRO DE 2.018</t>
   </si>
   <si>
     <t>11032</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11032/projeto.110.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11032/projeto.110.pdf</t>
   </si>
   <si>
     <t>Cria 02 (duas) Gratificações Específicas para exercício de função de limpeza, tratamento e manutenção de piscinas públicas.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11057/projeto.111.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11057/projeto.111.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO, ATRAVÉS DO PODER EXECUTIVO, A CONCEDER ÁREAS NO AEROPORTO MUNICIPAL, DESTINADA A EXPLORAÇÃO DE ATIVIDADE EMPRESARIAL E/OU INDUSTRIAL.</t>
   </si>
   <si>
     <t>11058</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11058/projeto.112.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11058/projeto.112.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11059/projeto.113.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11059/projeto.113.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS CONSTANTES NA LEI N° 4.331, DE 26/06/2018, RELATIVA A LEI DE DIRETRIZES ORÇAMENTÁRIAS - LDO 2019</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11060/projeto.114.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11060/projeto.114.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS CONSTANTES NA LEI N° 4.239, DE 12/12/2017, RELATIVA AO PLANO PLURIANUAL - PPA 2018-2021</t>
   </si>
   <si>
     <t>11075</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11075/projeto.115.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11075/projeto.115.pdf</t>
   </si>
   <si>
     <t>11076</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11076/projeto.116.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11076/projeto.116.pdf</t>
   </si>
   <si>
     <t>CRIA DEZ VAGAS NO QUADRO PERMANENTE DO CARGO DE AUXILIAR ADMINISTRATIVO, CONSTANTE NA TABELA "B" DO ANEXO I DA LEI N° 670/92 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11135/projeto.117.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11135/projeto.117.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de São João da Boa Vista, através do Poder Executivo, a receber em doação, sem encargos, 3 tanques aéreos bi partidos de 15 mᶟ cada, avaliados cada um, em R$ 7.900,00 e 3 bombas DUP avaliadas cada uma em R$ 1.000,00, de propriedade da empresa Petronac Distribuidora Nacional de Derivados de Petróleo e Álcool Ltda, com sede na cidade de Paulinia.</t>
   </si>
   <si>
     <t>11147</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11147/projeto.118.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11147/projeto.118.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE RECURSOS PROVENIENTES DO IMPOSTO SOBRE A RENDA E PROVENTOS DE QUALQUER NATUREZA, OBJETO DA LEI MUNICIPAL N° 161 DE 17 DE JUNHO DE 1998, ARRECADADOS PELO CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO - FAE, NOS EXERCÍCIOS DE 2019 E 2020.</t>
   </si>
   <si>
     <t>11148</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11148/projeto.119.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11148/projeto.119.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO III DA LEI COMPLEMENTAR N° 4.378, DE 23  DE OUTUBRO DE 2018.</t>
   </si>
   <si>
     <t>11149</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11149/projeto.120.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11149/projeto.120.pdf</t>
   </si>
   <si>
     <t>CRIA FUNÇÕES GRATIFICADAS AOS SERVIDORES MUNICIPAIS, PARA RESPONDEREM POR ASSESSORIA, CHEFIA DE SETOR E CHEFIA DE SECÇÃO, EXTINGUE NA VACÂNCIA OS CARGOS DE COMISSÃO OCUPADOS EXCLUSIVAMENTE POR SERVIDORES, CONSTANTES NA TABELA "D" DO ANEXO III DA LEI N° 670/92 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11150</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11150/projeto.121_mTj00mB.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11150/projeto.121_mTj00mB.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO A DESIGNAR NO DEPARTAMENTO MUNICIPAL DE SAÚDE, SERVIDORES PARA RESPONDER POR ASSESSORIA, CHEFIA DE SETOR E CHEFIA DE SERVIÇOS NAS UNIDADES ADMINISTRATIVAS, CRIA FUNÇÃO GRATIFICADA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11158/projeto.122.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11158/projeto.122.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de área de propriedade do Município a MANTIQUEIRA DISTRIBUIDORA DE PRODUTOS DE HIGIENE EIRELI.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11159/projeto.123.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11159/projeto.123.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 79, incisos I e II da Lei Complementar nº 2.148, de 25 de setembro de 2.007.</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11160/projeto.124.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11160/projeto.124.pdf</t>
   </si>
   <si>
     <t>Cria o cargo de Assessor de Cerimonial na Tabela “A” do anexo III da Lei nº 670/92.</t>
   </si>
   <si>
     <t>11197</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11197/projeto.125.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11197/projeto.125.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS NO QUADRO DE PESSOAL DO CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO - FAE, DE QUE TRATA A LEI N° 217, DE 06 DE DEZEMBRO DE 1994</t>
   </si>
   <si>
     <t>11198</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11198/projeto.126.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11198/projeto.126.pdf</t>
   </si>
   <si>
     <t>ALTERA A NOMENCLATURA DO CARGO E CRIA UMA VAGA DE ENGENHEIRO ELETRICISTA, CONSTANTE NA TABELA "C" DO ANEXO I DA LEI N° 670/92</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11227/projeto.127.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11227/projeto.127.pdf</t>
   </si>
   <si>
     <t>Cria 01 (uma) vaga do Cargo de Fiscal de Saúde Pública.</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11228/projeto.128.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11228/projeto.128.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para a instalação de empresas de caráter industrial, com baixo impacto e baixo grau de incomodidade à vizinhança, em Zona de Uso Misto estabelecidas pelo Plano Diretor vigente.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11229/projeto.129.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11229/projeto.129.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização do desdobro do terreno de Matrícula nº 68.946, Cadastro Municipal nº 13.19.200.1, localizado a Av. Professora Isette Correa Fontão, Gleba A1-B do Bairro Fazenda das Areias, com a finalidade da implantação de Hotel no local, e dá outras providências.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11230/projeto.130.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11230/projeto.130.pdf</t>
   </si>
   <si>
     <t>Cria exceção a proibição da instalação e da abertura de que trata o Art. 1º da Lei nº 3.185, de 17 de setembro de 2.012.</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11231/projeto.131.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11231/projeto.131.pdf</t>
   </si>
   <si>
     <t>Concede subvenção social à entidade municipal – atendimento educacional especializado que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>10010</t>
   </si>
   <si>
     <t>OFEXE</t>
   </si>
   <si>
     <t>Oficio do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10010/10010_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10010/10010_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N°274/2017 DE AUTORIA DO VEREADOR GERSON ARAÚJO</t>
   </si>
   <si>
     <t>10011</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10011/10011_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10011/10011_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N°267/2017 DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS</t>
   </si>
   <si>
     <t>10012</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10012/10012_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10012/10012_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N°73/2017 DE AUTORIA DO VEREADOR GERSON ARAÚJO</t>
   </si>
   <si>
     <t>10013</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10013/10013_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10013/10013_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N°220/2017 DE AUTORIA DA VEREADORA PATRICIA MAGALHÃES TEIXEIRA</t>
   </si>
   <si>
     <t>10014</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10014/10014_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10014/10014_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 81/2017 DE AUTORIA DO VEREADOS AQUEVIQUE ANTÔNIO NHOLA</t>
   </si>
   <si>
     <t>10015</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10015/10015_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10015/10015_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 98/2017 DE AUTORIA DO VEREADOR LUÍS CARLOS DOMICIANO</t>
   </si>
   <si>
     <t>10016</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10016/10016_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10016/10016_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 281/2017 DE AUTORIA DO VEREADOR FERNANDO BETTI</t>
   </si>
   <si>
     <t>10017</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10017/10017_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10017/10017_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM RESPOSTA AO REQUERIMENTO N° 276/2017 DE AUTORIA DOS VEREADORES GERSON ARAÚJO, LEONILDES CHAVES JUNIOR E LUÍS CARLOS DOMICIANO </t>
   </si>
   <si>
     <t>10018</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10018/10018_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10018/10018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM RESPOSTA AO REQUERIMENTO N° 272/2017 DE AUTORIA DO VEREADOR GERSON ARAÚJO </t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10019/10019_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10019/10019_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 402/2017 DE AUTORIA DO VEREADOR ODAIR PIRINOTO</t>
   </si>
   <si>
     <t>10020</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10020/10020_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10020/10020_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OF.GAB N° 119/2017 DE AUTORIA DO VEREADOR FERNANDO BETTI</t>
   </si>
   <si>
     <t>10021</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10021/10021_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10021/10021_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 273/2017 DE AUTORIA DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>10022</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10022/10022_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10022/10022_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 440/2017 DE AUTORIA DO VEREADOR LEONILDES CHAVES JUNIOR</t>
   </si>
   <si>
     <t>10023</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10023/10023_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10023/10023_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 236,238,239,240,24 E 243/2017 DE AUTORIA DO VEREADOR GERSON DE ARAÚJO</t>
   </si>
   <si>
     <t>10024</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10024/10024_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10024/10024_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 147/2017 DE AUTORIA DO VEREADOR GERSON ARAÚJO</t>
   </si>
   <si>
     <t>10025</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10025/10025_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10025/10025_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFÍCIO N° 243/2017-PF DE AUTORIA DO PRESIDENTE DA CÂMARA MUNICIPAL GERSON ARAÚJO</t>
   </si>
   <si>
     <t>10026</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10026/10026_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10026/10026_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 282/2017 DE AUTORIA DO VEREADOR FERNANDO BETTI</t>
   </si>
   <si>
     <t>10027</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10027/10027_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10027/10027_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 285/2017 DE AUTORIA DO VEREADOR FERNANDO BETTI</t>
   </si>
   <si>
     <t>10028</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10028/10028_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10028/10028_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 313/2017 DE AUTORIA DO VEREADOR CLAUDINEI DAMALIO</t>
   </si>
   <si>
     <t>10029</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10029/10029_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10029/10029_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 250/2017 DE AUTORIA DO VEREADOR SEBASTIÃO NÉRIS DE OLIVEIRA</t>
   </si>
   <si>
     <t>10030</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10030/10030_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10030/10030_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OFÍCIO N° 99/2017 DE AUTORIA DO VEREADOR LEONILDES CHAVES JUNIOR</t>
   </si>
   <si>
     <t>10031</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10031/10031_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10031/10031_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO N° 270/2017 DE AUTORIA DO VEREADOR GERSON ARAÚJO</t>
   </si>
   <si>
     <t>10032</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10032/10032_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10032/10032_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICA QUE EM CONFORMIDADE COM A LEI COMPLEMENTAR DA UNIÃO N° 141 DE 13 DE JANEIRO DE 2012</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10074/10074_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10074/10074_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIO N° 419/2017-PF, DE AUTORIA DO VEREADOR GERSON ARAUJO PRESIDENTE DA CAMARA MUNICIPAL, SOLICITANDO QUE INFORME O TOTAL DA RECEITA CORRENTE LIQUIDA AUFERIDA AO PERÍODO DE JANEIRO E DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>10075</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10075/10075_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10075/10075_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIO N° 006, DE 10 DE JANEIRO, DE AUTORIA DO VEREADOR FERNANDO NETTI, SOLICITANDO O ENVIO DE OCORRÊNCIAS QUE FORAM REGISTRADAS CONTRA A SEVIDORIA PÚBLICA MUNICIPAL GISLAINE CRISTINA DOS REIS</t>
   </si>
   <si>
     <t>10079</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10079/10079_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10079/10079_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OS BALANCETES DA RECEITA E DESPESA DA PREFEITURA E CONSOLIDADOS, RELATIVO AO MÊS DE NOVEMBRO DE 2017</t>
   </si>
   <si>
     <t>10081</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10081/10081_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10081/10081_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM CONFORMIDADE COM O ARTIGO 9°§ 4° DA LEI COMPLEMENTAR N° 101, DE 04 DE MAIO DE 2000, SERÁ REALIZADA AUDIÊNCIA PÚBLICA NO DIA 27 DE FEVEREIRO DE 2018, ÁS 9 HORAS NA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>10148</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10148/10148_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10148/10148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM ATENÇÃO AO OFÍCIO Nº 003/2018-PF, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10186</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10186/10186_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10186/10186_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO OFÍCIO Nº 016/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10187</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10187/10187_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10187/10187_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 001/2018, DE AUTORIA DO VEREADOR LUÍS CARLOS DOMICIANO.</t>
   </si>
   <si>
     <t>10218</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10218/10218_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10218/10218_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 013/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA.</t>
   </si>
   <si>
     <t>10251</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10251/10251_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10251/10251_texto_integral.pdf</t>
   </si>
   <si>
     <t>BALANCETES DA RECEITA E DA DESPESA DA PREFEITURA E CONSOLIDADOS RELATIVO AO MÊS DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>10252</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10252/10252_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10252/10252_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO DA SERVIDORA EDMARA PARA PARTICIPAR DA SINDICANCIA PROPOSTA PELO LEGISLATIVO</t>
   </si>
   <si>
     <t>10282</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10282/10282_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10282/10282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 017/2018, DE AUTORIA DO VEREADOR AQUEVIRQUE ANTONIO NHOLLA. </t>
   </si>
   <si>
     <t>10283</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10283/10283_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10283/10283_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 020/2018, DE AUTORIA DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA.</t>
   </si>
   <si>
     <t>10284</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10284/10284_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10284/10284_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 033/2018, DE AUTORIA DO VEREADOR SEBASTIÃO NÉRIS DE OLIVEIRA. </t>
   </si>
   <si>
     <t>10285</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10285/10285_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10285/10285_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OFÍCIO SOLICITANDO A RETIRADA DO PROJETO DE LEI DO EXECUTIVO Nº 15/2018, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10310</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10310/10310_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10310/10310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 024/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10364</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10364/10364_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10364/10364_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 011/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10365</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10365/10365_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10365/10365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 031/2018, DE AUTORIA DOS VEREADORES AQUEVIRQUE ANTONIO NHOLLA, ANTONIO APARECIDO DA SILVA, CLAUDINEI DAMALIO, JOÃO BATISTA DA COSTA, FERNANDO BETTI, GÉRSON ARAÚJO, PROFESSORA CAN, JOSÉ CLAUDIO FERREIRA, JOSÉ EDUARDO DOS REIS, LEONILDES CHAVES JÚNIOR, LUÍS CARLOS DOMICIANO, ODAIR PIRINOTO, RAIMUNDO RUI, SEBASTIÃO NÉRIS E PATRÍCIA MAGALHÃES. </t>
   </si>
   <si>
     <t>10366</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10366/10366_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10366/10366_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 030/2018, DE AUTORIA DO VEREADOR RUI "NOVA ONDA".</t>
   </si>
   <si>
     <t>10367</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10367/10367_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10367/10367_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 049/2018, DE AUTORIA DO VEREADOR ODAIR PIRINOTO. </t>
   </si>
   <si>
     <t>10368</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10368/10368_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10368/10368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 022/2018, DE AUTORIA DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA. </t>
   </si>
   <si>
     <t>10369</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10369/10369_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10369/10369_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 016/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10370</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10370/10370_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10370/10370_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 015/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10371</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10371/10371_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10371/10371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 028/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10372</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10372/10372_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10372/10372_texto_integral.pdf</t>
   </si>
   <si>
     <t>- ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 055/2018, DE AUTORIA DO VEREADOR SEBASTIÃO NÉRIS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>10373</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10373/10373_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10373/10373_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OS BALANÇOS DO EXERCÍCIO DE 2.017.</t>
   </si>
   <si>
     <t>10374</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10374/10374_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10374/10374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">- ENCAMINHA OS BALANCETES DA RECEITA E DA DESPESA DA PREFEITURA MUNICIPAL E CONSOLIDADOS, RELATIVOS AOS MESES DE JANEIRO E FEVEREIRO DE 2.018. </t>
   </si>
   <si>
     <t>10403</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10403/10403_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10403/10403_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 063/2018, DE AUTORIA DO VEREADOR SEBASTIÃO NÉRIS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>10404</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10404/10404_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10404/10404_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 041/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10405</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 042/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10406</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10406/10406_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10406/10406_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 065/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>10428</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10428/10428_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10428/10428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 027/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10429</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10429/10429_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10429/10429_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 060/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS.</t>
   </si>
   <si>
     <t>10430</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10430/10430_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10430/10430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 066/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10431</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10431/10431_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10431/10431_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 032/2018, DE AUTORIA DO VEREADOR SEBASTIÃO NÉRIS DE OLIVEIRA.</t>
   </si>
   <si>
     <t>10432</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10432/10432_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10432/10432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 050/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>10433</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10433/10433_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10433/10433_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 064/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>10434</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10434/10434_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10434/10434_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO OFÍCIO GAB. Nº 027/2018, DE AUTORIA DO VEREADOR CLAUDINEI DAMALIO.</t>
   </si>
   <si>
     <t>10463</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10463/10463_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10463/10463_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO N° 67/2018, DE AUTORIA DO VEREADOR LUIS CARLOS DOMICIANO (BIRA).</t>
   </si>
   <si>
     <t>10464</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10464/10464_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10464/10464_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO N° 84/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10530/10530_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10530/10530_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICA A REALIZAÇÃO DE AUDIÊNCIA PÚBLICA NO DIA 30 DE MAIO DE 2018, ÀS 9 HORAS E 30 MINUTOS, ONDE SERÃO APRESENTADOS PELO PODER EXECUTIVO OS RELATÓRIO FINANCEIROS E OPERACIONAIS DA SAÚDE RELATIVOS AO 1º QUADRIMESTRE DE 2018.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICA A REALIZAÇÃO DE AUDIÊNCIA PÚBLICA NO DIA 30 DE MAIO DE 2018, ÀS 9 HORAS, ONDE O PODER EXECUTIVO DEMONSTRARÁ E AVALIARÁ O CUMPRIMENTO DAS METAS FISCAIS REFERENTES AO 1º QUADRIMESTRE DE 2018.</t>
   </si>
   <si>
     <t>10560</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10560/10560_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10560/10560_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O BALANCETE DA RECEITA E DESPESA DA PREFEITURA E CONSOLIDADOS, RELATIVOS AOS MESES DE MAIO DE 2.017 A ABRIL DE 2.018.</t>
   </si>
   <si>
     <t>10584</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10584/10584_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10584/10584_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 93/2018</t>
   </si>
   <si>
     <t>10585</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10585/10585_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10585/10585_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 94/2018.</t>
   </si>
   <si>
     <t>10586</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10586/10586_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10586/10586_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 57/2018.</t>
   </si>
   <si>
     <t>10587</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10587/10587_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10587/10587_texto_integral.pdf</t>
   </si>
   <si>
     <t>10588</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10588/10588_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10588/10588_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 90/2018.</t>
   </si>
   <si>
     <t>10589</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10589/10589_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10589/10589_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 92/2018.</t>
   </si>
   <si>
     <t>10590</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10590/10590_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10590/10590_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 96/2018.</t>
   </si>
   <si>
     <t>10591</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10591/10591_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10591/10591_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 95/2018.</t>
   </si>
   <si>
     <t>10592</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10592/10592_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10592/10592_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 80/2018.</t>
   </si>
   <si>
     <t>10593</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10593/10593_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10593/10593_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 98/2018</t>
   </si>
   <si>
     <t>10594</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10594/10594_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10594/10594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 89/2018</t>
   </si>
   <si>
     <t>10595</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10595/10595_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10595/10595_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 78/2018</t>
   </si>
   <si>
     <t>10630</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA DO REQUERIMENTO 115/2018 DE AUTORIA DO VEREADOR RUI. </t>
   </si>
   <si>
     <t>10631</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10631/10631_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10631/10631_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA DO REQUERIMENTO 102/2018 DE AUTORIA DO VEREADOR TITI. </t>
   </si>
   <si>
     <t>10632</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10632/10632_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10632/10632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA DO REQUERIMENTO 103/2018 DE AUTORIA DO VEREADOR CLAUDINEI. </t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10650/10650_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10650/10650_texto_integral.pdf</t>
   </si>
   <si>
     <t>BALANCETES DA RECEITA E DESPESA DA PREFEITURA E CONSOLIDADOS RELATIVOS AOS MESES DE MARÇO E ABRIL DE 2018</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10651/10651_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10651/10651_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 117/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10652</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10652/10652_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10652/10652_texto_integral.pdf</t>
   </si>
   <si>
     <t>VANDERLEI BORGES DE CARVALHO SOLICITA FÉRIAS DO PERÍODO DE 10 A 25 DE JULHO 2018.</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10655/10655_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10655/10655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INDICAÇÃO DE UM REPRESENTANTE DA CÂMARA MUNICIPAL PARA COMPOR O CONSELHO MUNICIPAL DE TRÂNSITO.</t>
   </si>
   <si>
     <t>10656</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10656/10656_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10656/10656_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 125/2018 DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS.</t>
   </si>
   <si>
     <t>10657</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 122/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10658</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA AO REQUERIMENTO 121/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10659</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10659/10659_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10659/10659_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 118/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10660</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10660/10660_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10660/10660_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA AO REQUERIMENTO 104/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMÁLIO. </t>
   </si>
   <si>
     <t>10661</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10661/10661_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10661/10661_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 126/2018 DE AUTORIA DA VEREADORA MARIA CANDIDA DE OLIVEIRA COSTA.</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10677/10677_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10677/10677_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 340/2017 - RAIMUNDO RUI</t>
   </si>
   <si>
     <t>10678</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10678/10678_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10678/10678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA AO REQUERIMENTO N° 295/2018- MARIA CÂNDIDA DE OLIVEIRA COSTA_x000D_
 </t>
   </si>
   <si>
     <t>10679</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10679/10679_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10679/10679_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AOS REQUERIMENTO N°S 25 E 26/2018- JOSÉ EDUARDO DOS REIS</t>
   </si>
   <si>
     <t>10680</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10680/10680_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10680/10680_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 120/2018 - RAIMUNDO RUI</t>
   </si>
   <si>
     <t>10681</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10681/10681_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10681/10681_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 119/2018- RAIMUNDO RUI</t>
   </si>
   <si>
     <t>10682</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10682/10682_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10682/10682_texto_integral.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA ENCAMINHA OS BALANCETES DA RECEITA E DESPESAS REFERENTE AO MÊS DE MAIO DE 2018.</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10683/10683_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10683/10683_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVOCA A CÂMARA MUNICIPAL PARA REUNIR-SE EXTRAORDINARIAMENTE NO DIA 12 DE JULHO DE 2018. </t>
   </si>
   <si>
     <t>10690</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10690/10690_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10690/10690_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 135/2018 GÉRSON ARAUJO</t>
   </si>
   <si>
     <t>10691</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10691/10691_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10691/10691_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCA A CÂMARA MUNICIPAL PARA REUNIR-SE EXTRAORDINARIAMENTE NO DIA 18 DE JULHO DE 2.018</t>
   </si>
   <si>
     <t>10692</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10692/10692_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10692/10692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O FORNECIMENTO DE CERTIDÃO DECLARATÓRIA DE EFETIVO EXERCÍCIO DE CARGO DE PREFEITO VANDERLEI BORGES DE CARVALHO.</t>
   </si>
   <si>
     <t>10693</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10693/10693_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10693/10693_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PREFEITURA MUNICIPAL ENCAMINHA CÓPIA DA INFORMAÇÃO TÉCNICA 179/2018 ATS EM ATENÇÃO AO REQUERIMENTO 113/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10694/10694_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10694/10694_texto_integral.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL ENCAMINHA CÓPIA DA INFORMAÇÃO TÉCNICA 180/2018-ATS EM ATENÇÃO AO REQUERIMENTO 111/2018 DE AUTORIA DO SEBASTIÃO NÉRIS.</t>
   </si>
   <si>
     <t>10702</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVOCA A CÂMARA MUNICIPAL PARA REUNIR-SE EXTRAORDINARIAMENTE NO DIA 30 DE JULHO DE 2018. </t>
   </si>
   <si>
     <t>10744</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10744/10744_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10744/10744_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO N° 131/2018 - CHAVES</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO N° 34/2018- RAIMUNDO RUI</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO N° 99/2018 - GÉRSON ARAUJO</t>
   </si>
   <si>
     <t>10747</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REQUERIMENTO N° 129/2018- GÉRSON ARAUJO</t>
   </si>
   <si>
     <t>10748</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10748/10748_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10748/10748_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO OF.GAB. 58/2018 - BIRA</t>
   </si>
   <si>
     <t>10762</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10762/10762_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10762/10762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA OS BALANCETES DA RECEITA E DESPESA DA PREFEITURA E CONSOLIDADOS, RELATIVO AO MÊS DE JUNHO DE 2018. </t>
   </si>
   <si>
     <t>10784</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10784/10784_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10784/10784_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 136/2018 DE AUTORIA DO VEREADOR JOÃO BATISTA DA COSTA</t>
   </si>
   <si>
     <t>10785</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10785/10785_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10785/10785_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 137/2018 DE AUTORIA DO VEREADOR JOÃO BATISTA DA COSTA</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10818/10818_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10818/10818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INDICAÇÃO DE REPRESENTANTES DA CÂMARA MUNICIPAL PARA COMPOREM O CONSELHO MUNICIPAL DE TRÂNSITO.</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 173/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10888/10888_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10888/10888_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVITE PARA PARTICIPAR DA AUDIÊNCIA PÚBLICA NO DIA 28 DE SETEMBRO DE 2018, ÀS 9:00 HORAS, NA CÂMARA MUNICIPAL, SOBRE AS METAS FISCAIS REFERENTE AO 2º QUADRIMESTRE DE 2018. </t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10889/10889_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10889/10889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONVITE PARA PARTICIPAR DA AUDIÊNCIA PÚBLICA NO DIA 28 DE SETEMBRO DE 2018, ÀS 9:00 HORAS, NA CÂMARA MUNICIPAL, SOBRE OS RELATÓRIOS FINANCEIROS E OPERACIONAIS DA SAÚDE RELATIVOS AO 2º QUADRIMESTRE DE 2018. </t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA ENCAMINHA BALANCETES DA RECEITA CORRENTE LÍQUIDA REFERENTE AUFERIDA NO PRÍODO DE SETEMBRO DE 2017 A AGOSTO DE 2018</t>
   </si>
   <si>
     <t>10916</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10916/10916_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10916/10916_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DE LEI QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA CELEBRAÇÃO DE CONVENIO E COOPERAÇÃO ENTRE O MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E O CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10917</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10917/10917_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10917/10917_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA AO OF.GAB. N° 77/2018 DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA </t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10968/executivo.119.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10968/executivo.119.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXPEDIÇÃO DE ATESTADO DE EXERCICIO DO CARGO DE PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10969/executivo.120.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10969/executivo.120.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 159/2018 - GÉRSON ARAUJO</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10970/executivo.121.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10970/executivo.121.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 162/2018 - JOSÉ EDUARDO REIS</t>
   </si>
   <si>
     <t>10971</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10971/executivo.122.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10971/executivo.122.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 180/2018 - LEONILDES CHAVES JUNIOR</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10972/executivo.123.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10972/executivo.123.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 176/2018 - LEONILDES CHAVES</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10973/executivo.124.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10973/executivo.124.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 70/2018 - TITI</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10974/executivo.125.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10974/executivo.125.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 124/2018 - MARIA CÂNDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10975/executivo.126.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10975/executivo.126.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 141/2018 - MARIA CÂNDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>10976</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10976/executivo.127.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10976/executivo.127.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 143/2018 - MARIA CÂNDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10977/executivo.128.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10977/executivo.128.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 153/2018 - SEBASTIÃO NÉRIS</t>
   </si>
   <si>
     <t>10978</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10978/executivo.129.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10978/executivo.129.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° 164/2018 - LEONILDES CHAVES</t>
   </si>
   <si>
     <t>10979</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10979/executivo.130.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10979/executivo.130.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 172/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10980</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10980/executivo.131.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10980/executivo.131.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 174/2018 DE AUTORIA DOS VEREADORES ANTONIO APARECIDO DA SILVA, JOÃO LUIS MORETTO, RAIMUNDO RUI E SEBASTIÃO NÉRIS.</t>
   </si>
   <si>
     <t>10981</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10981/executivo.132.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10981/executivo.132.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 175/2018 DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA.</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10982/executivo.133.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10982/executivo.133.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 171/2018 DE AUTORIA DOS VEREADORES GÉRSON ARAÚJO, ANTONIO APARECIDO DA SILVA, JOÃO LUIS MORETTO E SEBASTIÃO NÉRIS.</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10983/executivo.134.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10983/executivo.134.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 150/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMÁLIO</t>
   </si>
   <si>
     <t>10984</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10984/executivo.135.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10984/executivo.135.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 156/2018 DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA</t>
   </si>
   <si>
     <t>10985</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 161/2018 DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10986/executivo.137.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10986/executivo.137.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 146/2018 DE AUTORIA DA VEREADORA MARIA CANDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10987/executivo.138.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10987/executivo.138.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 154/2018 DE AUTORIA DO VEREADOR RAIMUNDO RUI</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10988/executivo.139.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10988/executivo.139.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 148/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMALIO</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10989/executivo.140.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10989/executivo.140.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 147/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10990/executivo.141.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10990/executivo.141.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 155/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMÁLIO</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10991/executivo.142.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10991/executivo.142.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 186/2018 DE AUTORIA DO VEREADOR LEONILDES CHAVES JUNIOR</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11013/executivo.143.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11013/executivo.143.pdf</t>
   </si>
   <si>
     <t>Of. Gab n° 820 veto ao autógrafo n° 112/2018</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11014/executivo.144.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11014/executivo.144.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL ENCAMINHA OS BALANCETES DA RECEITA E DESPESA RELATIVO AO MÊS DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11022/executivo.145.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11022/executivo.145.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DO SR SÉRGIO DRAGÃO PARA O CARGO DE SUPERINTENDENTE DO IPSJBV</t>
   </si>
   <si>
     <t>11035</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11035/executivo.146.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11035/executivo.146.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 189/2018 DE AUTORIA DO VEREADOR GÉRSON ARAÚJO</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11056/executivo.147.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11056/executivo.147.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI ENCAMINHADO ATRAVÉS DO OF. GAB. 821/2017</t>
   </si>
   <si>
     <t>11080</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11080/executivo.148.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11080/executivo.148.pdf</t>
   </si>
   <si>
     <t>Encaminha os Balancetes da Receita e Despesa da Prefeitura e Consolidados, relativos ao mês de setembro de 2.108.</t>
   </si>
   <si>
     <t>11081</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11081/executivo.149.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11081/executivo.149.pdf</t>
   </si>
   <si>
     <t>Encaminha resposta ao Requerimento nº 185/2018, de autoria do Vereador Rui Nova Onda.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11082/executivo.150.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11082/executivo.150.pdf</t>
   </si>
   <si>
     <t>Encaminha resposta ao Requerimento nº 200/2018, de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>11111</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11111/executivo.151.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11111/executivo.151.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 196/2018 de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>11112</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11112/executivo.152.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11112/executivo.152.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 199/2018 de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>11113</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11113/executivo.153.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11113/executivo.153.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 198/2018 de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>11114</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11114/executivo.154.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11114/executivo.154.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 197/2018 de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>11115</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11115/executivo.155.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11115/executivo.155.pdf</t>
   </si>
   <si>
     <t>Resposta ao Of. Gab 80/2018 de autoria do Vereador Antonio Aparecido da Silva.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11116/executivo.156.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11116/executivo.156.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 192/2018 de autoria do Vereador Claudinei Damálio</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11117/executivo.157.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11117/executivo.157.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 220/2018 de autoria do Vereador Antonio Aparecido da Silva.</t>
   </si>
   <si>
     <t>11118</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11118/executivo.158.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11118/executivo.158.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 218/2018 de autoria do Vereador Sebastião Neris.</t>
   </si>
   <si>
     <t>11119</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11119/executivo.159.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11119/executivo.159.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 223/2018 de autoria dos Vereadores Leonildes Chaves Junior, Claudinei Damálio e Raimundo Rui.</t>
   </si>
   <si>
     <t>11120</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11120/executivo.160.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11120/executivo.160.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 187/2018 de autoria do Vereador Leonildes Chaves Junior.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11121/executivo.161.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11121/executivo.161.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 204/2018 de autoria da Vereadora Maria Candida de Oliveira.</t>
   </si>
   <si>
     <t>11122</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11122/executivo.162.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11122/executivo.162.pdf</t>
   </si>
   <si>
     <t>Resposta aos requerimentos 216 e 217/2018 de autoria do Vereador Sebastião Néris</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11123/executivo.163.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11123/executivo.163.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 203/2018 de autoria da Vereadora Maria Candida de Oliveira.</t>
   </si>
   <si>
     <t>11136</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11136/executivo.164.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11136/executivo.164.pdf</t>
   </si>
   <si>
     <t>Encaminha resposta ao Requerimento nº 240/2018, de autoria do Vereador Leonildes Chaves Júnior.</t>
   </si>
   <si>
     <t>11161</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11161/executivo.165.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11161/executivo.165.pdf</t>
   </si>
   <si>
     <t>Solicita indicação de um membro titular como representante da Câmara Municipal para compor o conselho de administração do IPSBV</t>
   </si>
   <si>
     <t>11162</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11162/executivo.166.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11162/executivo.166.pdf</t>
   </si>
   <si>
     <t>Solicita indicação de um membro titular como representante da Câmara Municipal  para compor o conselho fiscal do IPSJBV</t>
   </si>
   <si>
     <t>11163</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11163/executivo.167.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11163/executivo.167.pdf</t>
   </si>
   <si>
     <t>Resposta ao requerimento 116/2018 de autoria do vereador Gérson Araújo.</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11193/executivo.168.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11193/executivo.168.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO N° 76/2018 - GÉRSON ARAUJO</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11226/executivo.169.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11226/executivo.169.pdf</t>
   </si>
   <si>
     <t>Convoca a Câmara Municipal para reunir-se extraordinariamente no dia 19 de dezembro de 2018.</t>
   </si>
   <si>
     <t>11232</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Vanderlei Borges de Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11232/executivo.170.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11232/executivo.170.pdf</t>
   </si>
   <si>
     <t>Solicita férias no período de 02 de janeiro a 16 de janeiro de 2019</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11233/executivo.171.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11233/executivo.171.pdf</t>
   </si>
   <si>
     <t>Solicita reunião extraordinária dia 26 de dezembro de 2018</t>
   </si>
   <si>
     <t>10004</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10004/10004_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10004/10004_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INSTITUI A LEI LUCAS BEGALLI ZAMORA QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CURSO DE PRIMEIROS SOCORROS NAS ESCOLAS PÚBLICAS E PARTICULARES DE ENSINO BÁSICO EM TODO O MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS. &amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>10006</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10006/proj.lei.legislativo.002.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10006/proj.lei.legislativo.002.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O INCISO I E ACRESCENTA O PARÁGRAFO ÚNICO NO ARTIGO 2º DA LEI Nº 505, DE 12 DE JUNHO DE 2.000, QUE DISPÕE SOBRE A CRIAÇÃO DE UM CONSELHO DE PRESERVAÇÃO DO PATRIMÔNIO HISTÓRICO, CULTURAL E AMBIENTAL DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA&amp;#8221;</t>
   </si>
   <si>
     <t>10085</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10085/10085_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10085/10085_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS COMPLEMENTARES PARA REALIZAÇÃO DE PROCESSOS SELETIVOS, CONCURSOS PÚBLICOS DE PROVAS OU DE PROVAS E TÍTULOS NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10086</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10086/10086_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10086/10086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10087</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10087/10087_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10087/10087_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA A ALÍNEA &amp;#8220;B&amp;#8221; AO ARTIGO 6º DA LEI Nº 2.601/2009, QUE INSTITUI NAS VIAS E LOGRADOUROS PÚBLICOS, ÁREAS ESPECIAIS PARA ESTACIONAMENTO POR TEMPO LIMITADO (ZONA AZUL)</t>
   </si>
   <si>
     <t>10129</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10129/10129_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10129/10129_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O ANEXO IV NA LEI Nº 383/1996, O CARGO EM COMISSÃO DE DIRETOR LEGISLATIVO NA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10152</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10152/10152_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10152/10152_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 9º, DA LEI Nº 50, DE 27 DE SETEMBRO DE 1.983, QUE DISPÕE SOBRE CONSTRUÇÃO E CONSERVAÇÃO DE MURO DE FECHO E PASSEIOS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10188</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10188/10188_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10188/10188_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA SALOMÃO VIEIRA, A RUA NOVE (9) DO LOTEAMENTO PARQUE ALVORADA.</t>
   </si>
   <si>
     <t>10189</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10189/10189_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10189/10189_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA-SE RUA JOSÉ CEZÁRIO BERALDO, A RUA QUATRO (4) DO LOTEAMENTO PARQUE ALVORADA. </t>
   </si>
   <si>
     <t>10219</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10219/10219_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10219/10219_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA &amp;#8211; DENOMINA-SE RUA ARIORALDO GONÇALVES AZEVEDO BARDOSA (DADO BARBOSA), A RUA SETE (7) DO LOTEAMENTO PARQUE ALVORADA.</t>
   </si>
   <si>
     <t>10220</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10220/10220_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10220/10220_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS &amp;#8211; CONCEDE AS PESSOAS COM TRANSTORNO DE ESPECTRO AUTISTA O DIREITO DE UTILIZAR AS VAGAS RESERVADAS PARA OS DEFICIENTES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10338</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10338/10338_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10338/10338_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE ZONA AZUL PARA VEÍCULOS DE TRANSPORTE ESCOLAR PARA EMBARQUE E DESEMBARQUE DE ALUNOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10339</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10339/10339_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10339/10339_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA JULIO BUENO DE LIMA NETTO A RUA OITO (8) DO LOTEAMENTO PARQUE ALVORADA.</t>
   </si>
   <si>
     <t>10375</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10375/10375_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10375/10375_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; DE AUTORIA DO VEREADOR FERNANDO BETTI &amp;#8211; DENOMINA-SE RUA MARIZA DOS SANTOS CAMPANARO A RUA CINCO (5) DO LOTEAMENTO PARQUE ALVORADA.</t>
   </si>
   <si>
     <t>10401</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10401/10401_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10401/10401_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA NO ANEXO I DA LEI Nº 383/96, 02 (DOIS) CARGOS DE TÉCNICO LEGISLATIVO E EXTINGUE OS CARGOS DE DIRETOR ADJUNTO, ADJUNTO LEGISLATIVO E SUPERVISOR LEGISLATIVO.</t>
   </si>
   <si>
     <t>10561</t>
   </si>
   <si>
     <t>Fernando Betti, Gérson Araújo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10561/10561_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10561/10561_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A OUVIDORIA DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10641</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10641/10641_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10641/10641_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10653/10653_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10653/10653_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA NO ANEXO I NA LEI Nº 383/96, 01 (UM) CARGO DE ANALISTA LEGISLATIVO</t>
   </si>
   <si>
     <t>10735</t>
   </si>
   <si>
     <t>Gérson Araújo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10735/10735_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10735/10735_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA LOURENÇO GERMINARI, A RUA DOZE (12) DO PORTAL DA ALIANÇA</t>
   </si>
   <si>
     <t>10736</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10736/10736_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10736/10736_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA EUGÊNIA ROSA DE LIMA, A RUA QUATRO (4) DO RESIDENCIAL PORTAL DA SERRA&amp;#8221;</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>Titi</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE RUA MARIA SCORSATO CARVALHO, A RUA SEIS (6) DO LOTEAMENTO PARQUE ALVORADA&amp;#8221;</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>Dr. Zé Eduardo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA-SE AVENIDA JOBES APARECIDO ALVES MOREIRA, A AVENIDA UM (1) DO JARDIM PÔR DO SOL</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
     <t>Professor Claudinei</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10763/10763_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10763/10763_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO A MEDALHA DE MÉRITO EDUCACIONAL &amp;#8220;PROFESSORA CONSUELO ALIENDE&amp;#8221;, A SER REALIZADO ANUALMENTE NO MÊS DE OUTUBRO. </t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
-    <t>Gérson Araújo, Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10764/10764_texto_integral.pdf</t>
+    <t>Gérson Araújo, Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10764/10764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA-SE AEROPORTO JOAQUIM DE CAMPOS SIMIÃO, O AEROPORTO MUNICIPAL DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10765/10765_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10765/10765_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DO ATENDIMENTO PRIORITÁRIO A PACIENTES DIABÉTICOS NA REALIZAÇÃO DE EXAMES MÉDICOS QUE EXIJAM JEJUM TOTAL. </t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10792/10792_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10792/10792_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A EMENTA E O ART. 1º DA LEI Nº 3.959, DE 24 DE FEVEREIRO DE 2.016, QUE DENOMINA-SE RUA CONSTÂNCIO DA SILVA PALHARES, A RUA VINTE E UM (21) DO JARDIM AURORA. </t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
     <t>Patrícia Magalhães, Professor Claudinei</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10890/10890_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10890/10890_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFÍCIO E ARTEFATOS PIROTÉCNICOS QUE CAUSEM POLUIÇÃO SONORA NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10948/proj.lei.legislativo.028.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10948/proj.lei.legislativo.028.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA ELISABETE BELMAR LATANSA, a Rua 12 (doze) do Residencial Valle da Prata.</t>
   </si>
   <si>
     <t>11036</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11036/proj.lei.legislativo.029.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11036/proj.lei.legislativo.029.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA "A"  DO INCISO VII DO ARTIGO 6° DA LEI MUNICIPAL N° 2.601/2009 (ZONA AZUL).</t>
   </si>
   <si>
     <t>11037</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11037/proj.lei.legistlativo.030.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11037/proj.lei.legistlativo.030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de honorários advocatícios advindos de sucumbência no âmbito da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>11038</t>
   </si>
   <si>
     <t>Sebastião Neris</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11038/proj.lei.legislativo.031_pJRtYo5.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11038/proj.lei.legislativo.031_pJRtYo5.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de fornecimento de canudos confeccionados em material plástico, nos locais que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>11061</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11061/proj.lei.legislativo.032.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11061/proj.lei.legislativo.032.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a antecipação da devolução de parcela do duodécimo constitucional ao Poder Executivo Municipal no valor de R$ 300.000,00 (Trezentos mil reais).</t>
   </si>
   <si>
     <t>11164</t>
   </si>
   <si>
     <t>Claudinho da Prefeitura</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11164/projeto_de_lei_do_legislativo.33.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11164/projeto_de_lei_do_legislativo.33.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal das Meninas Arco-Íris.</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
     <t>Bira, Rui Nova Onda</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11165/projeto_de_lei_do_legislativo.34.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11165/projeto_de_lei_do_legislativo.34.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 3185/2012, que proíbe a instalação e a abertura de estabelecimentos comerciais, que comercializam cigarros e bebidas alcoólicas, em um raio de até 100 metros de escolas e creches no Município de São João da Boa Vista.</t>
   </si>
   <si>
     <t>11202</t>
   </si>
   <si>
-    <t>Bira, Claudinho da Prefeitura, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professora Can, Sebastião Neris, Titi</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11202/projeto_de_lei_do_legislativo.35.pdf</t>
+    <t>Bira, Claudinho da Prefeitura, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professora Can, Sebastião Neris, Titi</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11202/projeto_de_lei_do_legislativo.35.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 4º da Lei nº 4.290, de 12 de abril de 2.018.</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Bira</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10005/10005_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10005/10005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO ILUSTRÍSSIMO SENHOR_x000D_
 JUVENAL TARIFA_x000D_
 </t>
   </si>
   <si>
     <t>10376</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10376/10376_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10376/10376_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE MÉRITO CULTURAL AO ILUSTRÍSSIMO SENHOR ANTONIO ZEFERINO (ANTONIO MINEIRO).</t>
   </si>
   <si>
     <t>10435</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10435/10435_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10435/10435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA REFERENTE AO EXERCÍCIO DE 2.015. </t>
   </si>
   <si>
     <t>10552</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10552/10552_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10552/10552_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE MEDALHA DE MÉRITO ESPORTIVO AO ILUSTRÍSSIMO SENHOR EDIVAL APARECIDO FERREIRA. </t>
   </si>
   <si>
     <t>10596</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara Municipal</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10596/10596_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10596/10596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CESSÃO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA PARA A REALIZAÇÃO DE HOMENAGENS EM COMEMORAÇÃO AO DIA DO TRABALHADOR DA SAÚDE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10618</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10618/10618_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10618/10618_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO BENEMÉRITO AO ILUSTRÍSSIMO SENHOR CARLOS ROBERTO DONNI.</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10654/10654_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10654/10654_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A LICENÇA PARA EXERCER O DIREITO AO GOZO DE FÉRIAS REGULAMENTARES, NO PERÍODO DE 10 A 25 DE JULHO DE 2018, AO SENHOR VANDERLEI BORGES DE CARVALHO, PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
     <t>Patrícia Magalhães</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE MEDALHA DE MÉRITO ESPORTIVO A ILUSTRÍSSIMA SENHORA VERIDIANA TRANJAN REAL E COSTA TRAVASSOS. </t>
   </si>
   <si>
     <t>10766</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10766/10766_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10766/10766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA DECRETO LEGISLATIVO Nº 12, DE 01 DE SETEMBRO DE 2015, QUE INSTITUI NA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA A MEDALHA DO MÉRITO EDUCACIONAL "PROFESSORA CONSUELO ALIENDE". </t>
   </si>
   <si>
     <t>10837</t>
   </si>
   <si>
     <t>Professora Can</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10837/10837_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10837/10837_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE MEDALHA DE MÉRITO CULTURAL A ILUSTRÍSSIMA SENHORA SILVIA FERRANTE. </t>
   </si>
   <si>
     <t>10838</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10838/10838_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10838/10838_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE MEDALHA DE MÉRITO ESPORTIVO AO ILUSTRÍSSIMO SENHOR PAULO RENOR ROSA JÚNIOR. </t>
   </si>
   <si>
     <t>10891</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10891/10891_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10891/10891_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE O TÍTULO DE CIDADÃO SANJOANENSE AO ILUSTRÍSSIMO SENHOR PAULO MAURÍCIO RAMOS FERNANDES. </t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10994/projeto_de_decreto_legislativo.013.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10994/projeto_de_decreto_legislativo.013.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Sanjoanense ao ilustríssimo senhor Antonio Zeferino (Antonio Mineiro).</t>
   </si>
   <si>
     <t>11039</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Sanjoanense a Ilustríssima Senhora GLENDA MARIA SABBAG DA SILVA.</t>
   </si>
   <si>
     <t>11062</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Esportivo ao Ilustríssimo Senhor ANTONIO CARLOS NOGUEIRA DE OLIVEIRA (LEIVINHA).</t>
   </si>
   <si>
     <t>11087</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11087/projeto_de_decreto_legislativo.016.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11087/projeto_de_decreto_legislativo.016.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Sanjoanense ao Ilustríssimo Senhor JOSÉ MÁRCIO CARIOCA.</t>
   </si>
   <si>
     <t>11137</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11137/projeto_de_decreto_legislativo.017.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11137/projeto_de_decreto_legislativo.017.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Cultural ao Ilustríssimo Senhor LUIZ FERNANDO GUIMARÃES (NANDO GUIMARÃES).</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11234/projeto_de_decreto_legislativo.018.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11234/projeto_de_decreto_legislativo.018.pdf</t>
   </si>
   <si>
     <t>Autoriza a licença para exercer o direito ao gozo de férias regulamentares, no período de 02 de janeiro de 2019 a 16 de janeiro de 2019, ao Senhor Vanderlei Borges de Carvalho, Prefeito Municipal.</t>
   </si>
   <si>
     <t>10221</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Rui Nova Onda</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10221/10221_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10221/10221_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 178 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10222</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10222/10222_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10222/10222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 250 E REVOGAS SEUS § 1º, 2º E 3º DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10223</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10223/10223_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10223/10223_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO CONGRESSO ESTADUAL DEMUNICÍPIOS EM SANTOS, ENTRE OS DIAS 02 E 07 DE ABRIL DE 2018.</t>
   </si>
   <si>
     <t>10258</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10258/10258_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10258/10258_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DA MESA DA CÂMARA MUNICIPAL &amp;#8211; CONCEDE LICENÇA DE 01 (UM) DIA DO CARGO DE VEREADOR AO SENHOR LUÍS CARLOS DOMICIANO (BIRA), NO DIA 26 DE MARÇO DE 2.018, SEM REMUNERAÇÃO PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>10436</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10436/10436_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10436/10436_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA DE DEZ (10) DIAS DO CARGO DE VEREADORA A ILUSTRÍSSIMA SENHORA PATRÍCIA MARIA MAGALHÃES TEIXEIRA NOGUEIRA MOLLO.</t>
   </si>
   <si>
     <t>10492</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10492/10492_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10492/10492_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA DE TRINTA E DOIS (32) DIAS DO CARGO DE VEREADORA A ILUSTRÍSSIMA SENHORA PATRÍCIA MARIA MAGALHÃES TEIXEIRA NOGUEIRA MOLLO.</t>
   </si>
   <si>
     <t>10562</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10562/10562_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10562/10562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE LICENÇA DE 25 (VINTE E CINCO) DIAS DO CARGO DE VEREADORA A ILUSTRÍSSIMA SENHORA MARIA CÂNDIDA DE OLIVEIRA COSTA, NO PERÍODO DE 17 DE JUNHO A 11 DE JULHO DE 2.018, SEM REMUNERAÇÃO PARA TRATAR DE ASSUNTOS PARTICULARES. </t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTA PROCEDIMENTOS DE DENÚNCIAS NO ÂMBITO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10704</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CÂMARA MUNICIPAL A CONTRATAR EMPRESA PARA A REALIZAÇÃO DE CONCURSO DE TÉCNICO LEGISLATIVO E ANALISTA LEGISLATIVO. </t>
   </si>
   <si>
     <t>10767</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10767/10767_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10767/10767_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA DE 01 (UM) DIA DO CARGO DE VEREADORA A SENHORA MARIA CÂNDIDA DE OLIVEIRA COSTA, NO DIA 13 DE AGOSTO DE 2.018, SEM REMUNERAÇÃO PARA TRATAR DE ASSUNTOS PARTICULARES.</t>
   </si>
   <si>
     <t>10793</t>
   </si>
   <si>
     <t>Gérson Araújo, Odair Pirinoto, Professora Can, Titi</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10793/10793_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10793/10793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE O USO DE VESTUÁRIOS NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA - SP, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10857</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10857/10857_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10857/10857_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA DE 01 (UM) DIA DO CARGO DE VEREADORA A ILUSTRÍSSIMA SENHORA MARIA CÂNDIDA DE OLIVEIRA COSTA.</t>
   </si>
   <si>
     <t>10874</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10874/10874_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10874/10874_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O ORÇAMENTO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA PARA O EXERCÍCIO DE 2.019._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10892/10892_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10892/10892_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA DE 01 (UM) DIA DO CARGO DE VEREADOR AO ILUSTRÍSSIMO SENHOR JOSÉ EDUARDO DOS REIS.</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11166/proj.resolucao.16.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11166/proj.resolucao.16.pdf</t>
   </si>
   <si>
     <t>Concede licença de 01 (um) dia do cargo de Vereador ao Ilustríssimo Senhor Aquevirque Antonio Nholla.</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11167/proj.resolucao.17.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11167/proj.resolucao.17.pdf</t>
   </si>
   <si>
     <t>Revoga o § 3º do artigo 48 do Regimento Interno da Câmara Municipal de São João da Boa Vista.</t>
   </si>
   <si>
     <t>10088</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10088/10088_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10088/10088_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR OLYMPIO CABRAL, ELEITO PRESIDENTE DA ASSOCIAÇÃO COMERCIAL E EMPRESARRIAL DE SÃO JOÃO DA BOA VISTA, BEM COMO A SUA NOVA DIRETORIA.</t>
   </si>
   <si>
     <t>10089</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10089/10089_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10089/10089_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARABENIZA A RÁDIO PIRATININGA PELOS 71 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>10153</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10153/10153_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10153/10153_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRIMENTA O JORNAL O MUNICÍPIO PELOS 105 ANOS</t>
   </si>
   <si>
     <t>10154</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10154/10154_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10154/10154_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA CONGRATULAÇÕES PELO DIA INTERNACIONAL DA MULHER</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10190/10190_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10190/10190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA MARIA IMACULADA PRANUVI VALOTA FRANCISCO.</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10191/10191_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10191/10191_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR AGRIPINO DE OLIVEIRA LIMA FILHO, EX-PREFEITO DE PRESIDENTE PRUDENTE. </t>
   </si>
   <si>
     <t>10192</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10192/10192_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10192/10192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES A EQUIPE DO ESPORTE CLUBE VILA NOVA QUE SE SAGROU CAMPEÃ DA COPA SÃO JOÃO &amp;#8220;TROFÉU EFRAIM NOGUEIRA&amp;#8221; 2018.</t>
   </si>
   <si>
     <t>10193</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10193/10193_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10193/10193_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O BANCO SANTANDER, AGÊNCIA 0049, NA CIDADE DE SÃO JOÃO DA BOA VISTA - SP.</t>
   </si>
   <si>
     <t>10259</t>
   </si>
   <si>
     <t>Vick</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10259/10259_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10259/10259_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR AQUEVIRQUE ANTONIO NHOLLA, SUBSCRITA PELO VEREADOR LUÍS CARLOS DOMICIANO (BIRA) &amp;#8211; ENCAMINHA MOÇÃO A UNIFAE, EXTENSIVA A TODOS OS ALUNOS PELO EVENTO DENOMINADO &amp;#8220;BIXO BOM&amp;#8221;.</t>
   </si>
   <si>
     <t>10260</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10260/10260_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10260/10260_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS &amp;#8211; ENCAMINHA MOÇÃO DE CONGRATULAÇÕES A IGREJA PRESBITERIANA PELOS 129 ANOS DESSE TEMPLO DE ORAÇÃO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10311</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10311/10311_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10311/10311_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE CONGRATULAÇÕES AO 24º BATALHÃO DA POLÍCIA MILITAR PELOS 39 ANOS DE SERVIÇOS PRESTADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10312</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10312/10312_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10312/10312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENVIA MOÇÃO DE APLAUSOS AO MOÇÃO DE APLAUSOS PARA A DIRETORA DA ESCOLA ESTADUAL CEL. CRISTIANO OSÓRIO DE OLIVEIRA (INSTITUTO DE EDUCAÇÃO), SRA. CÉLIA APARECIDA JACOMINI FERRARI, PELOS RELEVANTES SERVIÇOS PRESTADOS À EDUCAÇÃO PÚBLICA DE QUALIDADE. </t>
   </si>
   <si>
     <t>10313</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10313/10313_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10313/10313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS AO EXCELENTÍSSIMO SENHOR MÁRCIO FRANÇA, PELA SUA POSSE COMO GOVERNADOR DO ESTADO DE SÃO PAULO, OCORRIDO NO DIA 06 DE ABRIL DE 2.018. </t>
   </si>
   <si>
     <t>10340</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10340/10340_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10340/10340_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE CONGRATULAÇÕES AO EXCELENTÍSSIMO SENHOR FRANCISCO SÉRGIO FERREIRA JARDIM, NOMEADO SECRETÁRIO DE AGRICULTURA E ABASTECIMENTO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>10377</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10377/10377_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10377/10377_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE REPÚDIO CONTRA O PROJETO DE LEI DO SENADO 278/2016, DE AUTORIA DO SENADOR ROMÁRIO, QUE ALTERA A LEI 13.146/2015, QUE INSTITUI A LEI BRASILEIRA DE INCLUSÃO DA PESSOA COM DEFICIÊNCIA, PARA DISPOR SOBRE O APOIO AOS EDUCANDOS COM DEFICIÊNCIA NAS INSTITUIÇÕES DE ENSINO.</t>
   </si>
   <si>
     <t>10437</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10437/10437_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10437/10437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES A UNIFEOB POR PROMOVER A CAMPANHA DOAÇÃO DE MEDULA ÓSSEA.</t>
   </si>
   <si>
     <t>10438</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10438/10438_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10438/10438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR ORLANDO MARIANO, PELO FALECIMENTO OCORRIDO NO DIA 04 DE MAIO DE 2.018.</t>
   </si>
   <si>
     <t>10439</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10439/10439_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10439/10439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR ANTONIO VICENTE, PELO FALECIMENTO OCORRIDO NO DIA 26 DE ABRIL DE 2.018.</t>
   </si>
   <si>
     <t>10468</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10468/10468_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10468/10468_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES PARABENIZANDO O SERVIDOR PEDRO APARECIDO FRANCISCO FILHO (PEDRO BAGUÁ) PELA SUA APOSENTADORIA. </t>
   </si>
   <si>
     <t>10469</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10469/10469_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10469/10469_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR ORLANDO MARIANO, PELO FALECIMENTO OCORRIDO NO DIA 04 DE MAIO DE 2.018. </t>
   </si>
   <si>
     <t>10470</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10470/10470_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10470/10470_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA ANA DE LIMA MARIANO, PELO FALECIMENTO OCORRIDO NO DIA 25 DE ABRIL DE 2.018. </t>
   </si>
   <si>
     <t>10498</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10498/10498_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10498/10498_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES AO MAGNÍFICO REITOR DA UNIFAE, DR. FRANCISCO DE ASSIS CARVALHO ARTEN, PELA REALIZAÇÃO DA FICAS-FAE 2.018. </t>
   </si>
   <si>
     <t>10536</t>
   </si>
   <si>
     <t>Gérson Araújo, Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, Fernando Betti, João Anselmo, Odair Pirinoto, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10536/10536_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10536/10536_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE CONGRATULAÇÕES AO DEPARTAMENTO MUNICIPAL DE ESPORTES PELA CONQUISTA DE MAIS UM TÍTULO NO FUTSAL.</t>
   </si>
   <si>
     <t>10537</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10537/10537_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10537/10537_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE APLAUSO A TODOS OS VEREADORES PRESENTES NA AUDIÊNCIA PÚBLICA DE DISCUSSÃO DO PLANO DIRETOR, REALIZADA NA ÚLTIMA QUARTA-FEIRA.</t>
   </si>
   <si>
     <t>10538</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10538/10538_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10538/10538_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENVIA MOÇÃO DE PESAR AOS FAMILIARES DE VANESSA VARANDA KRAWIEC.</t>
   </si>
   <si>
     <t>10597</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10597/10597_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10597/10597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR HÉLIO FONSECA, DIRETOR DO DEPARTAMENTO DE CULTURA, PELA REALIZAÇÃO DA 3ª. SEMANA FICA FICA.</t>
   </si>
   <si>
     <t>10598</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10598/10598_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10598/10598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES AOS PROFISSIONAIS QUE ATUAM NO POSTO DE SAÚDE DO BAIRRO SANTO ANTONIO. </t>
   </si>
   <si>
     <t>10619</t>
   </si>
   <si>
     <t>Dr. Chaves</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10619/10619_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10619/10619_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO DE MOÇÃO DE CONGRATULAÇÕES A POLÍCIA MILITAR, PELO SUCESSO DA FORÇA TÁTICA, PRINCIPALMENTE A EQUIPE DO SARGENTO PM CARDOSO, CABO PM REILI E CABO PM BEZERRA, NO COMBATE AO NARCOTRÁFICO EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10730/10730_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10730/10730_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SOCIEDADE ESPORTIVA SANJOANENSE PELA PARCERIA COM O CLUBE ATLÉTICO PARANAENSE</t>
   </si>
   <si>
     <t>10731</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10731/10731_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10731/10731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS AO LIONS CLUBE SÃO JOÃO DA BOA VISTA - NORTE PELA POSSE DA PRESIDÊNCIA_x000D_
 </t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>Bira, João Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10732/10732_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10732/10732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> ENCAMINHA MOÇÃO DE CONGRATULAÇÕES AO DEPUTADO FEDERAL CAPITÃO AUGUSTO PELA APRESENTAÇÃO DE EMENDA PARLAMENTAR NA IMPORTÂNCIA DE R$ 300.000,00 PARA REALIZAÇÃO DE EXAMES DE MÉDIA E ALTA COMPLEXIDADE._x000D_
 </t>
   </si>
   <si>
     <t>10733</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10733/10733_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10733/10733_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONGRATULA O DELEGADO SECCIONAL E SUA EQUIPE PELO EXCELENTE TRABALHO REALIZADO NO MUNICÍPIO APÓS SUA POSSE_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>10734</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10734/10734_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10734/10734_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> MOÇÃO DE APOIO À PROPOSTA DE EMENDA À CONSTITUIÇÃO DO ESTADO DE SÃO PAULO PEC Nº 2/2018, QUE TRAMITA NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO - ALESP, QUE INCLUI §2º A NO ARTIGO 138 DA CONSTITUIÇÃO DO ESTADO, VISANDO ADEQUAR A DIFERENÇA DA REMUNERAÇÃO NO SALÁRIO PADRÃO ENTRE TODOS OS POSTOS E GRADUAÇÕES DA POLÍCIA MILITAR DO ESTADO DE SÃO PAULO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>10768</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10768/10768_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10768/10768_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA MOÇÃO DE PESAR AOS FAMILIARES DO SAUDOSO BRUNO PEDRO ORRÚ. </t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>Bira, Gérson Araújo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10794/10794_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10794/10794_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENVIA MOÇÃO DE CONGRATULAÇÕES À CÂMARA MUNICIPAL DE UBERABA &amp;#8211; MG, PELO TÍTULO DE CIDADÃO UBERABENSE CONCEDIDO AO ILUSTRÍSSIMO SENHOR ADOLPHO ALVAREZ NETO. </t>
   </si>
   <si>
     <t>10839</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10839/10839_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10839/10839_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENVIA MOÇÃO DE CONGRATULAÇÕES À EMEB MARIA LUIZA AZEVEDO COSTA E MELLO PELO SEU 28º ANIVERSÁRIO DE FUNDAÇÃO. </t>
   </si>
   <si>
     <t>10840</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10840/10840_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10840/10840_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA MOÇÃO DE APOIO AO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO, PELA IMPLANTAÇÃO DO PROGRAMA &amp;#8220;BUSCA ATIVA ESCOLAR&amp;#8221;. </t>
   </si>
   <si>
     <t>10881</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS &amp;#8211; ENCAMINHA A MOÇÃO DE PESAR AOS FAMILIARES DO SAUDOSO LUIS BASILIO BISI JUNIOR (BISI CORRETORA DE SEGUROS), EM FACE DO SEU FALECIMENTO OCORRIDO NO DIA 2 DE SETEMBRO DE 2018, A QUEM EXPRESSAMOS AS NOSSAS SINCERAS CONDOLÊNCIAS. </t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10900/10900_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10900/10900_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA A MOÇÃO DE APLAUSOS AOS LIONS CLUBE SÃO JOÃO DA BOA VISTA &amp;#8211; CENTRO, PELA COORDENAÇÃO DO ALTAR DA PÁTRIA. </t>
   </si>
   <si>
     <t>10901</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10901/10901_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10901/10901_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA MOÇÃO DE REPÚDIO AO SENHOR ANTONIO CARLOS BUFFO.</t>
   </si>
   <si>
     <t>10902</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10902/10902_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10902/10902_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA MOÇÃO DE AGRADECIMENTO AO VEREADOR LUIZ ANTONIO NASCIMENTO DA FONSECA, DA CÂMARA MUNICIPAL DA ESTÂNCIA HIDROMINERAL DE ÁGUA DA PRATA. </t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10923/10923_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10923/10923_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA A MOÇÃO DE APLAUSOS AO GRUPO &amp;#8220;SAMBA SÃO JOÃO&amp;#8221;</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10924/10924_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10924/10924_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA A MOÇÃO DE APLAUSOS AO LIONS CLUBE DE SÃO JOÃO DA BOA VISTA, PELA TRADICIONAL FOGAZZA, REALIZADA NO ÚLTIMO DIA 22 DE SETEMBRO. </t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10925/10925_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10925/10925_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA A MOÇÃO DE CONGRATULAÇÕES AO PADRE CARLOS ALBERTO BAPTIFTINE DA PARÓQUIA NOSSA SENHORA DO PERPÉTUO SOCORRO</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
-    <t>Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10926/10926_texto_integral.pdf</t>
+    <t>Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10926/10926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA MOÇÃO DE AGRADECIMENTO AO JORNALISTA NA ASSESSORIA DE IMPRENSA DA PREFEITURA MUNICIPAL, MARCELO GREGÓRIO E A JORNALISTA DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO, ANA LAURA MORETTO NEGREIROS, PELA COLABORAÇÃO NA REALIZAÇÃO DA SESSÃO SOLENE NO DIA 26 DE SETEMBRO DE 2.018. </t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10949/mocao.46.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10949/mocao.46.pdf</t>
   </si>
   <si>
     <t>Encaminha a Moção de Congratulações ao Departamento de Esportes da Prefeitura Municipal, na pessoa do Diretor Rodolfo Herrera Felipe, pela realização em nossa cidade dos Jogos Universitários de São João "Inter Atlética", cuja abertura oficial aconteceu no último dia 28 de setembro, no Centro de Integração Comunitária - CIC.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10950/mocao.47.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10950/mocao.47.pdf</t>
   </si>
   <si>
     <t>Encaminha a Moção de Aplausos ao médico Douglas Moretti, pela criação do projeto de doação de aparelhos auditivos para crianças carentes.</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE CONGRATULAÇÕES ao Deputado Estadual André do Prado pela sua reeleição e apoio a São João da Boa Vista.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10996/mocao.49.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10996/mocao.49.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE CONGRATULAÇÕES ao Deputado Federal Miguel Lomardi pela sua reeleição e apoio a São João da Boa Vista.</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE CONGRATULAÇÕES ao Major Olímpio pela sua eleição como Senador pelo Estado de São Paulo.</t>
   </si>
   <si>
     <t>10998</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10998/mocao.51.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10998/mocao.51.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE APLAUSOS ao Dr. Pedro Henrique Hatshbach Janz, pela qualidade de seu atendimento prestado aos usuários do SUS.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10999/mocao.52.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10999/mocao.52.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE APLAUSOS ao Dr. Nímio Rafael Garceti Balbieri, pela qualidade de seu atendimento prestado aos usuários do SUS.</t>
   </si>
   <si>
     <t>11000</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE APLAUSOS à senhora Eliana Pereira, pela organização de mais uma festa do Dia das Crianças no bairro Santo Antonio.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11001/mocao.54.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11001/mocao.54.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE CONGRATULAÇÕES ao Departamento Municipal de Educação, direcionada a todos os professores, em comemoração ao Dia dos Professores.</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11030/mocao.55_txeGIXU.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11030/mocao.55_txeGIXU.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Protesto ao Excelentíssimo Senhor Vanderlei Borges de Carvalho, Prefeito Municipal, contra o fechamento da EMEB Prof. Carvalho Pinto.</t>
   </si>
   <si>
     <t>11031</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11031/mocao.56.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11031/mocao.56.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Aplausos pela Comemoração do 76º aniversário do Rosário Futebol Clube.</t>
   </si>
   <si>
     <t>11063</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11063/mocao.57.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11063/mocao.57.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio ao Centro Universitário das Faculdades Associadas de Ensino – UNIFAE, pela implantação do Curso de Odontologia.</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11064/mocao.58.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11064/mocao.58.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Aplausos a Equipe de Ginástica Rítmica de São João da Boa Vista, pela classificação para disputar a etapa do Mercosul.</t>
   </si>
   <si>
     <t>11065</t>
   </si>
   <si>
     <t>Encaminha Moção de Parabenização em homenagem aos 501 anos da Reforma Protestante, comemorado no dia 31 de outubro (Igreja Presbiteriana do Brasil).</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11083/mocao.60.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11083/mocao.60.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Aplausos a equipe de Basquete Masculino UNIFAE/Casa Branca/São João conquistou seu primeiro título paulista no âmbito profissional.</t>
   </si>
   <si>
     <t>11084</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11084/mocao.61.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11084/mocao.61.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Aplausos ao cineasta David Ribeiro e à atriz sanjoanense Ana Claudia Zanetti, bem como, a todo o elenco do filme e ao Núcleo de Documentários e Filmes do Laboratório de Comunicação da UNIFAE- Projeto História Viva.</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11085/mocao.62.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11085/mocao.62.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Aplausos as professoras Isabel Braga, Ana Paula Malheiros e Daniela Leopoldino, pela idealização, junto aos alunos do curso de Publicidade e Propaganda, da ação intitulada Marketing Social.</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11086/mocao.63.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11086/mocao.63.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Congratulações aos conselheiros do COMAD pela organização do 2º Fórum Prevenir e Cuidar: a influência do álcool e da droga na violência doméstica, realizado no dia 08 de novembro, no auditório da UNIFAE.</t>
   </si>
   <si>
     <t>11088</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11088/mocao.63.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11088/mocao.63.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Aplausos ao Ilustríssimo Senhor Antonio Roberto dos Reis (Foguinho), reeleito Presidente da Sociedade Esportiva Sanjoanense.</t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11127/mocao.65.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11127/mocao.65.pdf</t>
   </si>
   <si>
     <t>Parabeniza o nadador sanjoanense Caio Castellan, pela conquista de duas Medalhas de Prata – JUBS 2018.</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11128/mocao.66.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11128/mocao.66.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações à Equipe de Basquete da UNIFAE/Casa Branca/São João.</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11138/mocao.67.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11138/mocao.67.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Repúdio ao projeto de Lei nº 9.482/2018, de autoria do Deputado Federal Ronaldo Martins.</t>
   </si>
   <si>
     <t>11139</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11139/mocao.68.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11139/mocao.68.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Congratulações parabenizando o time do Vila Nova que conquistou o título de campeão no Campeonato Amador Regional de Futebol - Troféu Venício Nogueira 2018.</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11140/mocao.69.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11140/mocao.69.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Congratulações parabenizando o time do Clube Atlético DER que conquistou o título de vice-campeão do segundo turno do Campeonato Amador Regional de Futebol - Troféu Venício Nogueira 2018.</t>
   </si>
   <si>
     <t>11141</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11141/mocao.70.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11141/mocao.70.pdf</t>
   </si>
   <si>
     <t>Envia Moção aos treinadores e jogadores do time de futebol do Durval Nicolau, congratulando a todos pela ascensão a 1ª.divisão do campeonato amador de São João da Boa Vista, devido as conquistas feitas este ano.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11142/mocao.71.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11142/mocao.71.pdf</t>
   </si>
   <si>
     <t>Envia Moção aos treinadores e jogadores do time de futebol Meninos do Botafogo, congratulando a todos pela ascensão a 1ª.divisão do campeonato amador de São João da Boa Vista, devido as conquistas feitas este ano.</t>
   </si>
   <si>
     <t>11168</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11168/mocao.72.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11168/mocao.72.pdf</t>
   </si>
   <si>
     <t>Envia congratulações ao atleta Luís Otávio Bonilha de Oliveira, o Nenê Bonilha, pela conquista do Campeonato Brasileiro Série B, pela equipe do Fortaleza.</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11169/mocao.73.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11169/mocao.73.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO DE CONGRATULAÇÕES ao Ilustríssimo Senhor Sinval Camargo, DD. Presidente da Liga Sanjoanense de Desportos, pela realização do Campeonato Amador de Futebol 2018.</t>
   </si>
   <si>
     <t>11170</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11170/mocao.74.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11170/mocao.74.pdf</t>
   </si>
   <si>
     <t>Envia MOÇÃO a Equipe Esportiva da Rádio Piratininga, pelo apoio ao Campeonato Amador de São João da Boa Vista, em especial ao radialista TONI MARQUES, pelo trabalho que vem desenvolvendo em seu programa, levado ao ar pela Rádio Piratininga.</t>
   </si>
   <si>
     <t>11171</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11171/mocao.75.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11171/mocao.75.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Congratulações a Chapa 3 - Transforma OAB, eleita para a Diretoria da 37ª Subseção da OAB - Ordem dos Advogados em São João da Boa Vista.</t>
   </si>
   <si>
     <t>11172</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11172/mocao.76.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11172/mocao.76.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Apoio ao Projeto de Lei do Senado (PLS) 232/2016, do senador Cassio Cunha Lima (PSDB-PB).</t>
   </si>
   <si>
     <t>11173</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11173/mocao.77.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11173/mocao.77.pdf</t>
   </si>
   <si>
     <t>Envia Moção de Aplausos ao advogado José Luís da Silva, pela eleição no Conselho Estadual da OAB (Ordem dos Advogados do Brasil) - SP.</t>
   </si>
   <si>
     <t>11199</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11199/mocao.78.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11199/mocao.78.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Repúdio à Agência Reguladora de Serviços Públicos Delegados de Transporte do Estado de São Paulo (Artesp), em virtude do limite de velocidade fixado em 80 (oitenta) quilômetros por hora no trecho da Rodovia Doutor Governador Adhemar Pereira de Barros (SP-342) que liga São João da Boa Vista à Águas da Prata.</t>
   </si>
   <si>
     <t>11200</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11200/mocao.79.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11200/mocao.79.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Agradecimento à Mesa Diretora da Câmara Municipal.</t>
   </si>
   <si>
     <t>11201</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11201/mocao.80.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11201/mocao.80.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Congratulações ao Grupo de Escoteiros Curupira pelo recebimento do Troféu Araucária.</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10090/10090_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10090/10090_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS DA PREFEITURA SOBRE A POSSIBILIDADE DE IMPLANTAÇÃO DE FEIRA LIVRE, NA QUADRA ESPORTIVA EXISTENTE NA EMEB SARAH SALOMÃO, LOCALIZADA NO BAIRRO JARDIM PRIMAVERA</t>
   </si>
   <si>
     <t>10091</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10091/10091_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10091/10091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E ESTUDOS SOBRE A POSSIBILIDADE DA COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA RUA ESTER ALVARENGA, PRÓXIMO AO NÚMERO 106, NO BAIRRO ALEGRE</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10092/10092_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10092/10092_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE UMA PLACA DE CARGA E DESCARGA EM ESTACIONAMENTOS DA ZONA AZUL</t>
   </si>
   <si>
     <t>10093</t>
   </si>
   <si>
     <t>Dr. Chaves, Rui Nova Onda</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10093/10093_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10093/10093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO RELATÓRIO FINAL DA SINDICÂNCIA FORMADA PARA AVERIGUAR AS IRREGULARIDADES NO TRANSPORTE ESCOLAR</t>
   </si>
   <si>
     <t>10095</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10095/10095_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10095/10095_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DIREÇÃO NACIONAL DOS CORREIOS, PROVIDENCIAS URGENTES PARA A REGULARIZAÇÃO DE ENTREGA DE CORRESPONDÊNCIAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10130</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10130/10130_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10130/10130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ELEKTRO A POSSIBILIDADE DE INFORMAR COM ANTECEDÊNCIA OS LOCAIS ONDE IRÃO TER FALTA DE ENERGIA ELÉTRICA. </t>
   </si>
   <si>
     <t>10131</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10131/10131_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10131/10131_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SANTA CASA DE MISERICÓRDIA &amp;#8220;DONA CAROLINA MALHEIROS&amp;#8221;, DIVERSAS INFORMAÇÕES COM REFERÊNCIA AOS MÉDICOS QUE PRESTAM SERVIÇOS NA REFERIDA ENTIDADE</t>
   </si>
   <si>
     <t>10132</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10132/10132_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10132/10132_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA OSIRES BRAZ, NO BAIRRO JARDIM FLAMBOYANT</t>
   </si>
   <si>
     <t>10133</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10133/10133_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10133/10133_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA ANTONIO CELEGHINE, NO BAIRRO JARDIM FLAMBOYANT.</t>
   </si>
   <si>
     <t>10134</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10134/10134_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10134/10134_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO JARDIM FLAMBOYANT</t>
   </si>
   <si>
     <t>10135</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10135/10135_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10135/10135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE A OBRIGATORIEDADE DA PRESENÇA DE BOMBEIROS PROFISSIONAIS CIVIS - BPC NOS ESTABELECIMENTOS, EDIFICAÇÕES, EMPRESAS E EM EVENTOS DE GRANDE CONCENTRAÇÃO PÚBLICA NO ÂMBITO DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>10136</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10136/10136_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10136/10136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO GOVERNO DO ESTADO DE SÃO PAULO A DUPLICAÇÃO DA RODOVIA QUE LIGA SÃO JOÃO DA BOA VISTA ATÉ CASA BRANCA (SP 215).</t>
   </si>
   <si>
     <t>10137</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10137/10137_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10137/10137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O INÍCIO DA CONSTRUÇÃO DO PSF DO BAIRRO JARDIM 1º DE MAIO. </t>
   </si>
   <si>
     <t>10155</t>
   </si>
   <si>
     <t>João Anselmo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10155/10155_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10155/10155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA RÁPIDO SUMARÉ O RETORNO DO ONIBUS CIRCULAR NA RUA SANTA FILOMENA</t>
   </si>
   <si>
     <t>10156</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10156/10156_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10156/10156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA OSIRES BRAZ, NO BAIRRO JARDIM ALMEIDA</t>
   </si>
   <si>
     <t>10157</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10157/10157_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10157/10157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO JARDIM ALMEIDA</t>
   </si>
   <si>
     <t>10158</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10158/10158_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10158/10158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DE RELAÇÃO DE TERRENOS DA MUNICIPALIDADE, ESPECIFICANDO SUA LOCALIZAÇÃO E DIMENSÃO.</t>
   </si>
   <si>
     <t>10159</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10159/10159_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10159/10159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO DER COM RELAÇÃO AO ESTRADA VELHA SÃO JOÃO DA BOA VISTA A VARGEM GRANDE DO SUL</t>
   </si>
   <si>
     <t>10194</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10194/10194_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10194/10194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATÍSTICA (IBGE) QUE SEJA EXECUTADO O CENSO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10195</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10195/10195_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10195/10195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE O PROJETO E O INÍCIO DE IMPLANTAÇÃO DA ÁREA DE LAZER COM ARBORIZAÇÃO, BANCOS, EQUIPAMENTOS DE GINÁSTICA E PARQUE INFANTIL NO ENTORNO DO LAGO QUE FICA PRÓXIMO À AVENIDA PROF.ª ISETTE CORREA FONTÃO.</t>
   </si>
   <si>
     <t>10196</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10196/10196_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10196/10196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REALIZAÇÃO DE UM ESTUDO DE IMPACTO, JUNTO À COMUNIDADE DO BAIRRO DO DER, PARA IMPLANTAÇÃO DE ESTACIONAMENTO UNILATERAL E, CONSEQUENTE, INSTALAÇÃO DE UMA SEGUNDA FAIXA DE TRÂNSITO, NA RUA HENRIQUE CABRAL DE VASCONCELOS, NOS &amp;#8220;HORÁRIOS DE PICO&amp;#8221;. </t>
   </si>
   <si>
     <t>10197</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10197/10197_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10197/10197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN, A COLOCAÇÃO DE PLACAS INFORMATIVAS ADVERTINDO OS MOTORISTAS QUANTO A PRESENÇA DE CRIANÇAS E ADOLESCENTES INDICANDO, TAMBÉM, A VELOCIDADE PERMITIDA DOS VEÍCULOS, PRÓXIMO DAS DEPENDÊNCIAS DAS ESCOLAS, ALÉM DE REDUTORES DE VELOCIDADE NAS VIAS ONDE SITUAM-SE.</t>
   </si>
   <si>
     <t>10198</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10198/10198_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10198/10198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO 24º BATALHÃO DA POLÍCIA MILITAR DE SÃO JOÃO DA BOA VISTA, A PERMANÊNCIA, EM PERÍODO INTEGRAL, DE POLICIAIS NO POSTO DE BASE DA POLÍCIA COMUNITÁRIA, SITUADO NA PRAÇA ISAURA TEIXEIRA DE VASCONCELOS. </t>
   </si>
   <si>
     <t>10199</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10199/10199_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10199/10199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A REFORMA E MANUTENÇÃO DO POSTO DE SAÚDE DO BAIRRO PEDREGULHO.</t>
   </si>
   <si>
     <t>10200</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10200/10200_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10200/10200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETRAN, ESTUDOS PARA A INSTALAÇÃO DE MÃO ÚNICA DE DIREÇÃO NA RUA DAVID DE CARVALHO (CENTRO/BAIRRO) A PARTIR DO NÚMERO 211 CRUZAMENTO DA RUA DAVID DE CARVALHO COM RUA LUIS HIPPOLYTO COMBE ATÉ O CRUZAMENTO DA RUA DAVID DE CARVALHO COM RUA ANTONIO TORRES (ESQUINA DA QUADRA DE BOCHA). </t>
   </si>
   <si>
     <t>10201</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10201/10201_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10201/10201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETRAN, ESTUDOS PARA A INSTALAÇÃO DE MÃO ÚNICA DE DIREÇÃO SENTIDO BAIRRO/CENTRO DA RUA GIL CABRAL DE VASCONCELOS DO CRUZAMENTO DA RUA ANTONIO TORRES COM A RUA GIL CABRAL DE VASCONCELOS ATÉ O CRUZAMENTO DA RUA GIL CABRAL DE VASCONCELOS COM A RUA LUIS HIPPOLYTO COMBE. </t>
   </si>
   <si>
     <t>10202</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10202/10202_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10202/10202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN, ESTUDOS PARA COLOCAÇÃO DE UM SEMÁFORO PARA PEDESTRE NA FAIXA DE PEDESTRE EXISTENTE NO CRUZAMENTO DA RUA MATO GROSSO E RUA SÃO PAULO NO BAIRRO DO DER DEVIDO À DIFICULDADE DE ATRAVESSAR AS CRIANÇAS DA CRECHE CHAFICA ANTAKLY.</t>
   </si>
   <si>
     <t>10203</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10203/10203_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10203/10203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN, ESTUDOS PARA A COLOCAÇÃO UMA ROTATÓRIA ENTRE O CRUZAMENTO DA AV: PEDRO REZENDE LOPES COM A RUA MAURILIO ALVAREZ E RUA JOÃO FERREIRA VARZIM.</t>
   </si>
   <si>
     <t>10204</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10204/10204_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10204/10204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EMPRESA RÁPIDO SUMARÉ, SOLICITANDO INFORMAÇÕES PORQUE EXISTE MUDANÇA NO TRAJETO DA CIRCULAR DO BAIRRO DO PRATINHA EM DIAS ESPORÁDICOS E PORQUE AOS FINAIS DE SEMANA O TEMPO DE ESPERA É MAIOR. </t>
   </si>
   <si>
     <t>10205</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10205/10205_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10205/10205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETRAN, REPAROS NA FAIXA DE PEDESTRES NO CRUZAMENTO DA PRAÇA MONSENHOR RAMALHO COM A RUA PROFESSOR HUGO SARMENTO. </t>
   </si>
   <si>
     <t>10224</t>
   </si>
   <si>
     <t>Bira, Claudinho da Prefeitura, Dr. Chaves, Dr. Zé Eduardo, Fernando Betti, Gérson Araújo, João Anselmo, Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10224/10224_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10224/10224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO DE SAÚDE, SOLUÇÃO PARA A FALTA DE MÉDICOS NO POSTO DE SAÚDE DO BAIRRO ALEGRE. </t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10225/10225_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10225/10225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A RESPEITO DE LIMPEZA DE TERRENOS PÚBLICOS E PARTICULARES E PROPÕE A CRIAÇÃO DE CAMPANHA DE CONSCIENTIZAÇÃO. </t>
   </si>
   <si>
     <t>10226</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10226/10226_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10226/10226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A CONSTRUÇÃO DE UMA CASA DE APOIO NA CIDADE DE JAÚ, PARA PACIENTES COM CÂNCER DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10227</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10227/10227_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10227/10227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DOAÇÃO DE UMA ÁREA PARA A ASSOCIAÇÃO AMIGOS COM PATAS.</t>
   </si>
   <si>
     <t>10228</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10228/10228_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10228/10228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EMPRESA FERROBAN QUE PROMOVA A LIMPEZA DA LINHA FÉRREA DESDE A ESTAÇÃO ATÉ O BAIRRO SANTO ANDRÉ.</t>
   </si>
   <si>
     <t>10229</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10229/10229_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10229/10229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SABESP, AFUNDAR A REDE DE ESGOTO NA SUPERFÍCIE DO ASFALTO NA VIELA DA RUA JOSÉ LANSAC. </t>
   </si>
   <si>
     <t>10230</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10230/10230_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10230/10230_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EMPRESA RÁPIDO SUMARÉ A MUDANÇA NO TRAJETO DO ÔNIBUS CIRCULAR NO BAIRRO DO ROSÁRIO &amp;#8211; SENTIDO BAIRRO/CENTRO. </t>
   </si>
   <si>
     <t>10231</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10231/10231_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10231/10231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA AS INDICAÇÕES DE NºS 314/2013, 241 E 355/2014, 225/2015 E REQUERIMENTOS NºS 438/2013 E 71, 174 E 394/2016, QUE SOLICITA INFORMAÇÕES E PROVIDÊNCIAS QUANTO A REALIZAÇÃO DE NOVA PINTURA NA QUADRA ESPORTIVA LOCALIZADA NO CRUZAMENTO DA RUA OSCAR JANSON COM A RUA GENERAL OSÓRIO. </t>
   </si>
   <si>
     <t>10261</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10261/10261_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10261/10261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO DEPARTAMENTO MUNICIPAL DE SAÚDE, SOBRE O TEMPO DE ESPERA PARA A REALIZAÇÃO DOS EXAMES DE COLONOSCOPIA, ULTRASSOM, TOMOGRAFIAS E OUTROS EXAMES REALIZADOS PELO SUS.</t>
   </si>
   <si>
     <t>10262</t>
   </si>
   <si>
     <t>Odair Pirinoto</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10262/10262_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10262/10262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO PREFEITO MUNICIPAL REFERENTE A POSSIBILIDADE DE MUDANÇA NO SISTEMA DE ATENDIMENTO DAS CRECHES, EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>10263</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10263/10263_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10263/10263_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA A IMPLANTAÇÃO DE SEMÁFORO NA RUA BEZERRA DE MENEZES, CRUZAMENTO COM A RUA MATO GROSSO.</t>
   </si>
   <si>
     <t>10264</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10264/10264_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10264/10264_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE FAIXA DE PEDESTRE NA RUA MATO GROSSO, EM FRENTE A AUTO ELÉTRICA SANTA LUZIA.</t>
   </si>
   <si>
     <t>10265</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10265/10265_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10265/10265_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SANTA CASA DE MISERICÓRDIA "DONA CAROLINA MALHEIROS", DIVERSAS INFORMAÇÕES COM REFERÊNCIAS AOS MÉDICOS QUE PRESTAM SERVIÇOS NA REFERIDA ENTIDADE.</t>
   </si>
   <si>
     <t>10266</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10266/10266_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10266/10266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DETRAN A CONSTRUÇÃO DE UM PÁTIO PARA O RECOLHIMENTO DE VEÍCULOS EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>10267</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10267/10267_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10267/10267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO SENHOR SILVIO TORRES, DEPUTADO FEDERAL, SOLICITANDO SEU APOIO JUNTO AO GOVERNO DO ESTADO DE SÃO PAULO, PARA A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA SER APLICADO EM RECAPEAMENTO ASFÁLTICO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10268</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10268/10268_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10268/10268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA COLOCAR UM REDUTOR DE VELOCIDADE EM FRENTE A CBL (SP-344, 222 &amp;#8211; DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>10269</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10269/10269_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10269/10269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ORGANIZAÇÃO SOCIAL VITALE MAIS UM MÉDICO CLINICO DE SEGUNDA-FEIRA PARA ATENDER NA UPA.</t>
   </si>
   <si>
     <t>10270</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10270/10270_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10270/10270_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ORGANIZAÇÃO SOCIAL VITALE MAIS UM ENFERMEIRO PADRÃO DE SEGUNDA-FEIRA PARA ATENDER NA UPA.</t>
   </si>
   <si>
     <t>10271</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10271/10271_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10271/10271_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DA ADMINISTRAÇÃO MUNICIPAL SOBRE A POSSIBILIDADE DE CONSTRUÇÃO DE CALÇADA NO LADO ESQUERDO DA RUA JÚLIO MICHELAZZO, ALTURA DO VIADUTO DA FEPASA, SENTIDO CENTRO/BAIRRO NOSSA SENHORA DE FÁTIMA. </t>
   </si>
   <si>
     <t>10286</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10286/10286_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10286/10286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PREFEITURA MUNICIPAL A COLOCAÇÃO DE UM POSTE COM BRAÇO DE LUZ, NO FINAL DA RUA MANSUETO LOMBARDI.</t>
   </si>
   <si>
     <t>10287</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10287/10287_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10287/10287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES A SANTA CASA DE MISERICÓRDIA DONA CAROLINA MALHEIROS, SOBRE AS AUDITORIAS REALIZADAS NAQUELA ENTIDADE, REFERENTE OS ANOS DE 2013, 2014, 2015 E 2016.</t>
   </si>
   <si>
     <t>10288</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10288/10288_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10288/10288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO, NÃO ALTERAR O HORÁRIO DO SISTEMA DE ATENDIMENTO DAS CRECHES EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10314</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10314/10314_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10314/10314_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RPS ENGENHARIA, RESPONSÁVEL PELA CONSTRUÇÃO DAS CASAS DO PARQUE RESEDÁS, MAIS RAPIDEZ NA VEDAÇÃO DOS PISOS E AZULEJOS DAS CASAS QUE ESTÃO COM ESSE PROBLEMA. </t>
   </si>
   <si>
     <t>10315</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10315/10315_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10315/10315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO CARTÓRIO DE REGISTRO CIVIL DA COMARCA DE SÃO JOÃO DA BOA VISTA, SOBRE EMISSÃO DE CERTIDÕES DE NASCIMENTOS E DE ÓBITOS NO ANO DE 2.017.</t>
   </si>
   <si>
     <t>10316</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10316/10316_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10316/10316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO PARA QUE ENTRE EM CONTATO COM A HORA PARK SISTEMA DE ESTC. TOTATIVO LTDA, EMPRESA QUE ADMINISTRA A ZONA AZUL, QUE ESTUDE A POSSIBILIDADE DE AUTORIZAR TODAS PESSOAS ACIMA DE 75 (SETENTA E CINCO) ANOS DE IDADE, A ESTACIONAR SEUS VEÍCULOS EM QUALQUER VAGA DA ZONA AZUL. </t>
   </si>
   <si>
     <t>10317</t>
   </si>
   <si>
     <t>Fernando Betti</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10317/10317_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10317/10317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA VIABILIZAÇÃO DA INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) E, NA RUA MARIA DE LOURDES VALLIM CAMPOS, PRÓXIMO AO NÚMERO 17.</t>
   </si>
   <si>
     <t>10318</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10318/10318_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10318/10318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O ENVIO DE OFÍCIO AO PREFEITO MUNICIPAL E AO DEPUTADO FEDERAL SILVIO TORRES, SOLICITANDO O APOIO PARA QUE O POUPATEMPO DE SÃO JOÃO DA BOA VISTA, RECEBA COMO PRESTAÇÃO DE SERVIÇOS A REPRESENTAÇÃO DO ÓRGÃO DO GOVERNO DO ESTADO DE SÃO PAULO, O SPPREV. </t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10319/10319_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10319/10319_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A EMPRESA VITALE O ENVIO DA RELAÇÃO DAS ESCALAS DAS ENFERMEIRAS PADRÃO DA UPA, INCLUSIVE A RT, REFERENTE AO PERÍODO DE NOVEMBRO DE 2017 ATÉ A PRESENTA DATA, JUNTAMENTE COM O CONTROLE DE PRESENÇA. </t>
   </si>
   <si>
     <t>10320</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10320/10320_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10320/10320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SAMU, SOLICITANDO O ENVIO DA RELAÇÃO DAS ESCALAS DAS ENFERMEIRAS PADRÃO, INCLUSIVE A RT, REFERENTE AO PERÍODO DE NOVEMBRO DE 2017 ATÉ A PRESENTA DATA, JUNTAMENTE COM O CONTROLE DE PRESENÇA.</t>
   </si>
   <si>
     <t>10321</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10321/10321_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10321/10321_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXECUTIVO SOBRE OS PROCEDIMENTOS PARA A EXPEDIÇÃO DE ALVARÁS DE FUNCIONAMENTO DE IMÓVEIS ANTIGOS. </t>
   </si>
   <si>
     <t>10341</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10341/10341_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10341/10341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A DESIGNAÇÃO DE UM RELATOR ESPECIAL PARA EXARAR PARECER NO PROJETO DE LEI 01/18, DE MINHA AUTORIA, QUE INSTITUI A LEI LUCAS BEGALLI ZAMORRA, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CURSO DE PRIMEIROS SOCORROS NAS ESCOLAS PÚBLICAS E PARTICULARES DE ENSINO BÁSICO EM TODO O MUNICÍPIO. </t>
   </si>
   <si>
     <t>10342</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10342/10342_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10342/10342_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA CÓPIA DE TODO O PROCESSO POLÍTICO ADMINISTRATIVO Nº 01/2017, APRESENTADA PELA SRA. GISLAINE DOS REIS, ATRAVÉS DO OFÍCIO 22/2017, CONTRA O VEREADOR FERNANDO BONARETI BETTI, POR QUEBRA DE DECORO PARLAMENTAR. </t>
   </si>
   <si>
     <t>10343</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10343/10343_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10343/10343_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN RETIRAR OU OCULTAR A PLACA DE SINALIZAÇÃO INDICATIVA &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221;, NO CRUZAMENTO DAS RUAS CAMPOS SALLES COM VISCONDE DO RIO BRANCO.</t>
   </si>
   <si>
     <t>10344</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10344/10344_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10344/10344_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS DO EXECUTIVO PARA SOLUCIONAR O PROBLEMA DE INFESTAÇÃO DE ESCORPIÕES NO PARQUE DOS JEQUITIBÁS.</t>
   </si>
   <si>
     <t>10345</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10345/10345_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10345/10345_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O PROCESSO DE RECEBIMENTO DE RECURSOS PARA O ASFALTAMENTO DA AV. IZETE FRONTÃO, LIGANDO-A COM A AV. SANTO PELOZIO, NO JARDIM DAS AZALEIAS.</t>
   </si>
   <si>
     <t>10346</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10346/10346_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10346/10346_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO PARA SABER PORQUE HOUVE MUDANÇAS NAS EMPRESAS ENVOLVIDAS NA COLETA E TRANSPORTE DO LIXO NO MUNICÍPIO DE SÃO JOAO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10378</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10378/10378_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10378/10378_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR LUÍS CARLOS DOMICIANO (BIRA) &amp;#8211; SOLICITA AO SETRAN QUE SEJA REALIZADA A PINTURA PARA ESTACIONAMENTO DE VEÍCULOS NA RUA AMETISTA, ENTRE A IGREJA BATISTA E UM GALPÃO COMERCIAL EXISTENTE NO LOCAL</t>
   </si>
   <si>
     <t>10379</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10379/10379_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10379/10379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E PROVIDÊNCIAS EM RELAÇÃO AOS ANIMAIS SOLTOS NAS RUAS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>10380</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10380/10380_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10380/10380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DE RESOLUÇÃO Nº 008/2017, QUE ALTERA A REDAÇÃO DO ARTIGO 59 E PARÁGRAFO 6º, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>10381</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10381/10381_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10381/10381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXECUTIVO REFERENTE A ABERTURA DA RUA QUE VAI LIGAR O PARQUE DAS BROMÉLIAS COM A RODOVIA SÃO JOÃO-ÁGUAS DA PRATA, PASSANDO EM FRENTE A EMPRESA BATATA PURA. </t>
   </si>
   <si>
     <t>10382</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10382/10382_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10382/10382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ENVIO DOS REQUERIMENTOS COM PRAZOS VENCIDOS AO MINISTÉRIO PÚBLICO QUE AS DEVIDAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10407</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10407/10407_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10407/10407_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 35/2017, DE MINHA AUTORIA, QUE DISPÕE SOBRE A OBRIGATORIEDADE NA EMISSÃO DO HABITE-SE A INSTALAÇÃO DE LIXEIRA EM FRENTE AO IMÓVEL. </t>
   </si>
   <si>
     <t>10408</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10408/10408_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10408/10408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 003/2018, QUE DISPÕE SOBRE NORMAS COMPLEMENTARES PARA REALIZAÇÃO DE PROCESSOS SELETIVOS, CONCURSOS PÚBLICOS DE PROVAS OU DE PROVAS E TÍTULOS NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10409</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10409/10409_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10409/10409_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE NORMAS COMPLEMENTARES PARA REALIZAÇÃO DE PROCESSOS SELETIVOS, CONCURSOS PÚBLICOS DE PROVAS OU DE PROVAS E TÍTULOS NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10410</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10410/10410_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10410/10410_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 12/2018, QUE DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE ZONA AZUL PARA VEÍCULOS DE TRANSPORTE ESCOLAR PARA EMBARQUE E DESEMBARQUE DE ALUNOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10411</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10411/10411_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10411/10411_texto_integral.pdf</t>
   </si>
   <si>
     <t>DE AUTORIA DO VEREADOR GÉRSON ARAÚJO &amp;#8211; ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE ZONA AZUL PARA VEÍCULOS DE TRANSPORTE ESCOLAR PARA EMBARQUE E DESEMBARQUE DE ALUNOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10412</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10412/10412_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10412/10412_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 011/2018, QUE CONCEDE AS PESSOAS COM TRANSTORNO DE ESPECTRO AUTISTA O DIREITO DE UTILIZAR AS VAGAS RESERVADAS PARA OS DEFICIENTES, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10413</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10413/10413_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10413/10413_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO DIVERSAS INFORMAÇÕES SOBRE OS MÉDICOS QUE PRESTAM SERVIÇOS DIRETO OU INDIRETO PARA A PREFEITURA MUNICIPAL. </t>
   </si>
   <si>
     <t>10414</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10414/10414_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10414/10414_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA PROJETO DE LEI DO LEGISLATIVO Nº 57/2017, DE MINHA AUTORIA, QUE ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 1º DA LEI Nº 97, DE 16 DE DEZEMBRO DE 1997, QUE REGULAMENTA A CONSTRUÇÃO DE ABRIGOS EM PONTOS DE ÔNIBUS CIRCULAR EM VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10415</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10415/10415_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10415/10415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 1º DA LEI Nº 97, DE 16 DE DEZEMBRO DE 1997, QUE REGULAMENTA A CONSTRUÇÃO DE ABRIGOS EM PONTOS DE ÔNIBUS CIRCULAR EM VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10416</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10416/10416_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10416/10416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À COMISSÃO DE ÉTICA E DECORO PARLAMENTAR DA CÂMARA MUNICIPAL, CÓPIA DE TODA DOCUMENTAÇÃO REFERENTE À VIAGEM DO VEREADOR FERNANDO BETTI À ITÁLIA.</t>
   </si>
   <si>
     <t>10417</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10417/10417_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10417/10417_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE A OBRIGATORIEDADE DAS MATERNIDADES, CASAS DE PARTO E ESTABELECIMENTOS HOSPITALARES CONGÊNERES DA REDE PÚBLICA E PRIVADA DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA EM PERMITIR A PRESENÇA DE DOULAS DURANTE O PERÍODO DE TRABALHO DE PARTO, PARTO E PÓS-PARTO IMEDIATO, SEMPRE QUE SOLICITADAS PELA PARTURIENTE, PARA CONHECIMENTO E PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10418</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10418/10418_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10418/10418_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO MUNICIPAL DE ENGENHARIA, CÓPIA DA CERTIDÃO DE USO DE SOLO DA TORRE DE TELEFONIA MÓVEL INSTALADA NO BAIRRO JARDIM CREPÚSCULO. </t>
   </si>
   <si>
     <t>10419</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10419/10419_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10419/10419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SINALIZAÇÃO E PINTURA DE SOLO DE TODA A EXTENSÃO DA RUA DR. GUILHERME REHDER, NO BAIRRO VILA NOSSA SENHORA DE FÁTIMA. </t>
   </si>
   <si>
     <t>10420</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10420/10420_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10420/10420_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES A SANTA CASA DONA CAROLINA MALHEIROS REFERENTE AS CIRURGIAS ELETIVAS REALIZADAS PELO DEPARTAMENTO DE ORTOPEDIA. </t>
   </si>
   <si>
     <t>10421</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10421/10421_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10421/10421_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SECRETARIA DE TRANSPORTES DO ESTADO DE SÃO PAULO E A RENOVIAS INFORMAÇÕES REFERENTES AO ANDAMENTO DO PROCESSO PARA A CONSTRUÇÃO DA ROTATÓRIA NA RODOVIA SÃO JOÃO-PINHAL, EM FRENTE A UNESP. </t>
   </si>
   <si>
     <t>10440</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10440/10440_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10440/10440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À VITALI INFORMAÇÕES SOBRE O OCUPANTE DO CARGO DE DIRETOR TÉCNICO DA UPA.</t>
   </si>
   <si>
     <t>10441</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10441/10441_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10441/10441_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO COM REFERÊNCIA A EMPRESA PAULO ROBERTO RIBEIRO LOCAÇÃO DE VEÍCULOS ME. </t>
   </si>
   <si>
     <t>10442</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10442/10442_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10442/10442_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO DA PISTA DE CAMINHADA DO PISCINÃO DO DER. </t>
   </si>
   <si>
     <t>10443</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10443/10443_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10443/10443_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO JARDIM SANTARÉM.</t>
   </si>
   <si>
     <t>10444</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10444/10444_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10444/10444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO DA AVENIDA JOÃO OSÓRIO, COM A AVENIDA ROTARY E AS RUAS PADRE IRINEU E DA SAUDADE. </t>
   </si>
   <si>
     <t>10445</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10445/10445_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10445/10445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN PROVIDÊNCIAS PARA A COLOCAÇÃO DE PLACAS ORIENTANDO OS MOTORISTAS NO SEMÁFORO DA RUA SANTA MARIA, IDENTIFICADAS COMO FAIXA 1, FAIXA 2 E FAIXA 3.</t>
   </si>
   <si>
     <t>10446</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10446/10446_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10446/10446_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A REPINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO EM FRENTE À EMEF JOSÉ PROCÓPIO AMARAL.</t>
   </si>
   <si>
     <t>10447</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO DE ENGENHARIA A REALIZAÇÃO UM ESTUDO PARA CONSTRUÇÃO DE UMA ÁREA DE LAZER AO LADO DA EMEB NICOLA DOTTA, NO BAIRRO DO PEDREGULHO.</t>
   </si>
   <si>
     <t>10471</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10471/10471_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10471/10471_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SINALIZAÇÃO DE SOLO NA ROTATÓRIA EXISTENTE NA ENTRADA DO BAIRRO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10472/10472_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10472/10472_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE TODAS AS FAIXAS DE PEDESTRES EXISTENTES NA RUA HENRIQUE CABRAL DE VASCONCELOS.</t>
   </si>
   <si>
     <t>10473</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10473/10473_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10473/10473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA EFETUAR O CORTE DE UMA ÁRVORE EXISTENTE NA RUA VISCONDE DO RIO BRANCO, EM FRENTE AO NÚMERO 55.</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10474/10474_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10474/10474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DIVERSAS MELHORIAS NA CRECHE DO PARQUE DOS RESEDÁS. </t>
   </si>
   <si>
     <t>10499</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10499/10499_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10499/10499_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DA VILA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>10500</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10500/10500_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10500/10500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO JARDIM INDUSTRIAL.</t>
   </si>
   <si>
     <t>10501</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O ANTEPROJETO DE LEI QUE REGULAMENTA A FEIRA DO PRODUTOR RURAL NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OS ESTUDOS NECESSÁRIOS PARA CONSTRUÇÃO DE UMA NOVA PASSAGEM AO LADO DO PONTILHÃO DA FEPASA, NO FINAL DA RUA MARECHAL DEODORO</t>
   </si>
   <si>
     <t>10508</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf</t>
   </si>
   <si>
     <t>EMENTA: SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE OS AGENTES DE SEGURANÇA QUE PASSARAM NO CONCURSO PÚBLICO</t>
   </si>
   <si>
     <t>10509</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO EXECUTIVO REFERENTE AOS FUNCIONÁRIOS DA BIOSAÚDE.</t>
   </si>
   <si>
     <t>10510</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10510/10510_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10510/10510_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITA AO DEPARTAMENTO MUNICIPAL DE SAÚDE A CONTRAÇÃO DE MAQUEIROS PARA ATENDIMENTO NAS AMBULÂNCIAS.</t>
   </si>
   <si>
     <t>10511</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10511/10511_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10511/10511_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À EMPRESA FERROBAM QUE PROMOVA A LIMPEZA DA LINHA FÉRREA PRÓXIMA AOS CAMPOS DA SOCIEDADE ESPORTIVA SANJOANENSE.</t>
   </si>
   <si>
     <t>10512</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10512/10512_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10512/10512_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O ANTEPROJETO DE LEI QUE ASSEGURA ISENÇÃO DO PAGAMENTO DE TAXA DE INSCRIÇÃO EM CONCURSOS PÚBLICOS MUNICIPAIS ÀS PESSOAS QUE DOAREM SANGUE OU INTEGRAREM ASSOCIAÇÃO DE DOADORES, NOS CASOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>10539</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10539/10539_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10539/10539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO E TROCA DAS LÂMPADAS DA QUADRA EXISTENTE NA RUA HENRIQUE MARTARELO, NO BAIRRO JARDIM CREPÚSCULO.</t>
   </si>
   <si>
     <t>10540</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10540/10540_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10540/10540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À EMPRESA JR GRAMAS COLOCAR A LATA DE LIXO NO PÁTIO DA FEIRA DO SÃO BENEDITO. </t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10541/10541_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10541/10541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 01/2018, QUE INSTITUI A LEI LUCAS BEGALLI ZAMORA, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CURSO DE PRIMEIROS SOCORROS NAS ESCOLAS PÚBLICAS E PARTICULARES DE ENSINO BÁSICO EM TODO O MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10542</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10542/10542_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10542/10542_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN ESTUDOS PARA REALIZAR A DIVISÃO DAS VAGAS DE ESTACIONAMENTO PARA IDOSOS NAS RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10543</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10543/10543_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10543/10543_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE INSTITUI A LEI LUCAS BEGALLI ZAMORA, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE CURSO DE PRIMEIROS SOCORROS NAS ESCOLAS PÚBLICAS E PARTICULARES DE ENSINO BÁSICO EM TODO O MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>10563</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10563/10563_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10563/10563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA SANTO PELÓZIO, NO BAIRRO JARDIM AZALEIA II.</t>
   </si>
   <si>
     <t>10564</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10564/10564_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10564/10564_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COBRAR DA EMPRESA RESPONSÁVEL PELA RECONSTRUÇÃO DO ALAMBRADO NO CENTRO DE LAZER CLARICE BORATO, URGÊNCIA NA EFETIVA AÇÃO. </t>
   </si>
   <si>
     <t>10565</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10565/10565_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10565/10565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO, CÓPIA DA CERTIDÃO DE USO DE SOLO DA TORRE DE TELEFONIA MÓVEL INSTALADA NO JARDIM CREPÚSCULO.</t>
   </si>
   <si>
     <t>10599</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10599/10599_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10599/10599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA O ANTEPROJETO DE LEI QUE ESTABELECE MECANISMO DE SEGURO PARA GARANTIR O INTERESSE PÚBLICO NOS PROCESSOS DE LICITAÇÃO E A CORNETA APLICAÇÃO DOS RECURSOS PÚBLICOS. </t>
   </si>
   <si>
     <t>10600</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10600/10600_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10600/10600_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE AUTUAÇÕES FEITAS PELO PROCON NOS POSTOS DE GASOLINA NA CIDADE DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10601</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10601/10601_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10601/10601_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES E PROVIDÊNCIAS SOBRE A IMPLANTAÇÃO DE LOMBOFAIXA OU REDUTOR DE VELOCIDADE NA RUA SÃO JOSÉ, NO BAIRRO SANTO ANDRÉ</t>
   </si>
   <si>
     <t>10602</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10602/10602_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10602/10602_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS PARA A CONSTRUÇÃO DE UMA FAIXA ELEVADA NA RUA LUIZ GAMBETA SARMENTO, EM FRENTE A PADARIA, NO BAIRRO SANTO ANTONIO. </t>
   </si>
   <si>
     <t>10603</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10603/10603_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10603/10603_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS PARA A CONSTRUÇÃO DE UMA FAIXA ELEVADA NA AVENIDA RODRIGUES ALVES, ENTRE AS RUAS SÃO JOSÉ E IRMÃS WESTIN, NO BAIRRO SANTO ANDRÉ. </t>
   </si>
   <si>
     <t>10604</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10604/10604_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10604/10604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROCEDA A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO JARDIM PROGRESSO</t>
   </si>
   <si>
     <t>10605</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10605/10605_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10605/10605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROCEDA A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO VILA GOMES.</t>
   </si>
   <si>
     <t>10606</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10606/10606_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10606/10606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE A APLICAÇÃO DA LEI DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>10607</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10607/10607_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10607/10607_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8211; SOLICITA MELHORIAS NA ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO NA AVENIDA RODRIGUES ALVES E NA RUA NAPOLEÃO LAUREANO, NOS QUARTEIRÕES QUE CIRCUNVIZINHAM A UNIFAE, NO BAIRRO SANTO ANDRÉ. </t>
   </si>
   <si>
     <t>10608</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10608/10608_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10608/10608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS PARA RETIRADA DE UM CARRO VELHO ABANDONADO HÁ DIAS, NA RUA RACTICLIFF EM FRENTE AO NÚMERO 113, NO BAIRRO DO PRATINHA, EM CUMPRIMENTO A LEI MUNICIPAL Nº 4164/2017.</t>
   </si>
   <si>
     <t>10609</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10609/10609_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10609/10609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E PROVIDÊNCIAS QUANTO A INSTALAÇÃO DE FAIXA ELEVADA DE PEDESTRES ENTRE AS DUAS PRAÇAS EXISTENTES NO INÍCIO DA AV. TERESIANO VALIM, ENTRE O EDIFÍCIO CLARICE AMARAL E O CLAC.</t>
   </si>
   <si>
     <t>10620</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10620/10620_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10620/10620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DE RESOLUÇÃO Nº 002/2018, QUE ALTERA A REDAÇÃO DO ART. 250 E REVOGAS SEUS § 1º, 2º E 3º DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10621</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10621/10621_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10621/10621_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES DA ADMINISTRAÇÃO MUNICIPAL SOBRE A POSSIBILIDADE DE COLOCAR UMA COBERTURA EM PONTO DE ÔNIBUS LOCALIZADO NO TERMINAL RODOVIÁRIO URBANO. </t>
   </si>
   <si>
     <t>10622</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE PROCEDA A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO JARDIM MONTE VERDE. </t>
   </si>
   <si>
     <t>10623</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DA SUBSCRIÇÃO DO SEU NOME DO PROJETO DE DECRETO LEGISLATIVO Nº 11/2014, QUE CONCEDEU O O TÍTULO DE CIDADÃO SANJOANENSE AO EXCELENTÍSSIMO SENHOR DOUTOR NELSON DE BARROS O&amp;#8217;REILLY FILHO, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS.</t>
   </si>
   <si>
     <t>10624</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO MUNICIPAL DE SAÚDE, INFORMAÇÕES REFERENTES AS CIRURGIAS ELETIVAS REALIZADAS PELO DEPARTAMENTO DE ORTOPEDIA. </t>
   </si>
   <si>
     <t>10625</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO ILUSTRÍSSIMO SENHOR ANTONIO FERNANDES FILHO, PROVEDOR DA SANTA CASA DE MISERICÓRDIA &amp;#8220;DONA CAROLINA MALHEIROS&amp;#8221;, SOLICITANDO QUE ENCAMINHE PARA O CONHECIMENTO DESTA CASA, A PRESTAÇÃO DE CONTAS DETALHADAS NO PERÍODO DE NOVEMBRO DE 2.017 ATÉ A PRESENTE DATA. </t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10642/10642_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10642/10642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES E ESTUDOS SOBRE A POSSIBILIDADE DE AUMENTO DO POLICIAMENTO PREVENTIVO NAS PROXIMIDADES DO SKATE PLAZA, LOCALIZADO NA RUA SANTO ANTONIO, NO BAIRRO SÃO BENEDITO</t>
   </si>
   <si>
     <t>10643</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10643/10643_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10643/10643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE SEGURANÇA PÚBLICA DO ESTADO DE SÃO PAULO, INFORMAÇÕES SOBRE O IML_x000D_
 NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10644/10644_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10644/10644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A PINTURA DE FAIXAS E SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO BAIRRO_x000D_
 TERRAS DE SÃO JOSÉ</t>
   </si>
   <si>
     <t>10719</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10719/10719_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10719/10719_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS QUANTO À DIVULGAÇÃO DOS TELEFONES PARA DENÚNCIA DE DESCARTE IRREGULAR DE RESÍDUOS._x000D_
 </t>
   </si>
   <si>
     <t>10722</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10722/10722_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10722/10722_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE FISCALIZAÇÃO REFERENTE AO USO DE CEROL, LINHA CHILENA OU QUALQUER OUTRO MATERIAL CORTANTE</t>
   </si>
   <si>
     <t>10723</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10723/10723_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10723/10723_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS SOBRE A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA E BANCOS EM FRENTE AO CONDOMÍNIO MORRO AZUL UM._x000D_
 </t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETRAN A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA GUILHERME GUERREIRO, PRÓXIMO AO Nº309, NO BAIRRO JARDIM DURVAL NICOLAU._x000D_
 </t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DO COMISSARIADO DE MENORES EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER COLOCAÇÃO DE PLACA DE PROIBIDO JOGAR LIXO E ENTULHO, BEM COMO A COLOCAÇÃO DE OUTDOOR PRÓXIMO À CRECHE - EMEB MARIA DE LOURDES TEIXEIRA, NA RUA CORONEL JOSÉ PROCÓPIO ORIENTANDO A POPULAÇÃO A NÃO UTILIZAR O LOCAL COMO UM DEPÓSITO DE LIXO E ENTULHOS_x000D_
 </t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> SOLICITA INFORMAÇÕES AO EXECUTIVO SOBRE A COBRANÇA DA MANUTENÇÃO DAS CALÇADAS PRIVADAS</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE A ÁREA DE LAZER DO JARDIM AURORA_x000D_
 </t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ORGANIZAÇÃO SOCIAL VITALE MAIS UM MÉDICO CLÍNICO PARA A UPA</t>
   </si>
   <si>
     <t>10769</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10769/10769_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10769/10769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES E PROVIDÊNCIAS SOBRE A IMPLANTAÇÃO DE LOMBAFAIXA OU REDUTOR DE VELOCIDADE NA RUA SEBASTIÃO CAMARGO, PRÓXIMO À RUA ALPHEU FIORIN, NO BAIRRO JARDIM CREPÚSCULO. </t>
   </si>
   <si>
     <t>10770</t>
   </si>
   <si>
-    <t>Moretto , Professora Can, Titi</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf</t>
+    <t>Moretto, Professora Can, Titi</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA ADMINISTRAÇÃO MUNICIPAL SOBRE A INSTALAÇÃO DE PLACAS INDICATIVAS DE TRÂNSITO SUSPENSAS NO VIADUTO HÉLIO CORREA FONSECA, NO CRUZAMENTO DAS RUAS SANTA MARIA, EDUARDO LOPES CASTILHO E LUIZ VAZ DE CAMÕES, NO BAIRRO VILA BRASIL.</t>
   </si>
   <si>
     <t>10771</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA HENRIQUE CABRAL DE VASCONCELOS, PRÓXIMO AO Nº 2.463.</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REPINTURA DAS FAIXAS DE REGULAMENTAÇÃO DE ESTACIONAMENTO EM, TODA EXTENSÃO DA RUA 14 DE JULHO. </t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA À SABESP INFORMAÇÕES A RESPEITO DE ADUTORA NA RODOVIA SP - 342, QUE LIGA SÃO JOÃO DA BOA VISTA A ESPIRITO SANTO DO PINHAL. </t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXECUTIVO COM REFERÊNCIA A LEI Nº 4300, DE 4 DE ABRIL DE 2.018, QUE DISPÕE SOBRE O REGIME DE CONCESSÃO E PERMISSÃO DA PRESTAÇÃO DE SERVIÇOS PÚBLICOS, PARA A OUTORGA DE CONCESSÃO À EXECUÇÃO DE SERVIÇOS DE ADMINISTRAÇÃO, GERENCIAMENTO, CONTROLE E OPERAÇÃO DE PÁTIO DE RECOLHIMENTO DE VEÍCULOS, DENTRO DO TERRITÓRIO DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À ORGANIZAÇÃO SOCIAL VITALE, SOLICITANDO QUE A JORNADA DE TRABALHO DA ASSISTENTE SOCIAL NA UPA, SEJA DE 8 HORAS POR DIA.</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10795/10795_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10795/10795_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS DA ADMINISTRAÇÃO MUNICIPAL DA POSSIBILIDADE DA COLOCAÇÃO DE BEBEDOUROS DE ÁGUA EM TODAS AS PRAÇAS PÚBLICAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10796</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10796/10796_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10796/10796_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÃO SOBRE LEGAL SOBRE O FUNCIONAMENTO DE PONTOS DE TAXIS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10797/10797_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10797/10797_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE UMA FAIXA ELEVADA NA RUA HENRIQUE CABRAL DE VASCONCELOS, EM FRENTE O PSF DR. ALEX HAKIN. </t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10798/10798_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10798/10798_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REPINTURA DE TODAS AS FAIXAS LATERAL DA RUA SANTO ANTONIO E RUA JÚLIO MICHELAZZO. </t>
   </si>
   <si>
     <t>10799</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10799/10799_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10799/10799_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MELHORIA NA ILUMINAÇÃO PÚBLICA NA AVENIDA PADRE JOSUÉ, VILA OPERÁRIA, NO TRECHO PRÓXIMO A PONTE SOBRE O RIO JAGUARI, SENTIDO CENTRO/BAIRRO. </t>
   </si>
   <si>
     <t>10800</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10800/10800_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10800/10800_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CONSTRUÇÃO DE UMA ARQUIBANCADA NO CAMPO DE FUTEBOL DO BAIRRO JARDIM DURVAL NICOLAU. </t>
   </si>
   <si>
     <t>10801</t>
   </si>
   <si>
     <t>Titi, Vick</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RECUPERAÇÃO DO PISO DE PARALELEPÍPEDO DO CEMITÉRIO MUNICIPAL. </t>
   </si>
   <si>
     <t>10802</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE A POSSIBILIDADE DE REATIVAR A FONTE LUMINOSA, NA PRAÇA GOVERNADOR ARMANDO SALES DE OLIVEIRA. </t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÃO SOBRE A POSSIBILIDADE DA MUNICIPALIDADE, ATRAVÉS DO DEPARTAMENTO COMPETENTE, REALIZAR MELHORIAS EM TODA A EXTENSÃO DA ESTRADA MUNICIPAL DA PEDRA RACHADA. </t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ENCAMINHE À ESTA CASA DE LEIS, CONTRATO E INFORMAÇÕES SOBRE O ANDAMENTO DA USINA DE LIXO A SER INSTALADA EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE ENCAMINHE À ESTA CASA DE LEIS, CONTRATO E INFORMAÇÕES SOBRE A EMPRESA ATUAL QUE TRANSPORTA LIXO EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10819/10819_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10819/10819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS SOBRE A IMPLANTAÇÃO DE LOMBAFAIXA OU REDUTOR DE VELOCIDADE NA RUA 14 DE JULHO, PRÓXIMO À FLORICULTURA PAPAI DO CÉU. </t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10820/10820_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10820/10820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO INFORMAÇÕES REFERENTES AOS GASTOS EFETUADOS PELA PREFEITURA MUNICIPAL COM EXAMES DE TOMOGRAFIA NA UNIMED.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10821/10821_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10821/10821_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE AO MINISTÉRIO PÚBLICO DE SÃO JOÃO DA BOA VISTA PARA AS PROVIDÊNCIAS CABÍVEIS O REQUERIMENTO Nº 59/2018, QUE SE ENCONTRA COM PRAZO VENCIDO E SEM MANIFESTAÇÃO DO SAMU, QUE RECEBE VERBA PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10822</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10822/10822_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10822/10822_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE NA AVENIDA SANTO PELOZIO, PRÓXIMO AO NÚMERO 216, NO BAIRRO JARDIM AZALÉIA II.</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10823/10823_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10823/10823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À RÁPIDO SUMARÉ INFORMAÇÕES SOBRE OS HORÁRIOS DOS ÔNIBUS CIRCULAR QUE FAZEM O TRANSPORTE NO BAIRRO JARDIM AMOREIRAS.</t>
   </si>
   <si>
     <t>10841</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE A CRIAÇÃO DA FEIRA CULTURAL DE ARTES, ARTESANATO, DE ANTIGUIDADES, GASTRONOMIA E LAZER NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDÊNCIAS PARA INSTALAÇÃO DE BEBEDOURO DE ÁGUA E BANHEIROS NO CAMPO DE FUTEBOL DO BAIRRO SANTO ANTONIO. </t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO MUNICIPAL DE ESPORTES, MEDIDAS PARA QUE O PORTÃO DE ENTRADA DO CIC, LOCALIZADO NA RUA CAETANO MATIELO, SEJA ABERTO NOS DIAS DE JOGOS. </t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
-    <t>Gérson Araújo, Moretto , Sebastião Neris, Titi</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf</t>
+    <t>Gérson Araújo, Moretto, Sebastião Neris, Titi</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS SOBRE A MANUTENÇÃO OU TROCA DA GRAMA SINTÉTICA DA QUADRA DE ESPORTES DO SEI - SISTEMA DE EDUCAÇÃO INTEGRAL MARIA JOSÉ LOPES (DONA ZEZÉ), O CENTRO DE COMPLEMENTAÇÃO EDUCACIONAL, LOCALIZADO NA RUA MARCOS VINICIUS MENEGUINI Nº 1600, JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>10845</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA ADMINISTRAÇÃO MUNICIPAL SOBRE MANUTENÇÃO E CONSERVAÇÃO DA "PRAÇA BENTO GONÇALVES".</t>
   </si>
   <si>
     <t>10846</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10846/10846_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10846/10846_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DAS FAIXAS DE SINALIZAÇÃO DAS RUAS DO BAIRRO JARDIM RESEDÁS, I, II E III.</t>
   </si>
   <si>
     <t>10847</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>Moretto , Rui Nova Onda, Sebastião Neris, Titi</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10847/requerimento.174.pdf</t>
+    <t>Moretto, Rui Nova Onda, Sebastião Neris, Titi</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10847/requerimento.174.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O PREFEITO MUNICIPAL ENTRE EM CONTATO COM AS AUTORIDADES COMPETENTES PARA SOLICITAR A ISENÇÃO OU REDUÇÃO DE 50% DO PEDÁGIO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS QUE PRESTAM SERVIÇOS NO BAIRRO PEDREGULHO.</t>
   </si>
   <si>
     <t>10858</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10858/10858_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10858/10858_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES E PROVIDÊNCIAS SOBRE A CONSTRUÇÃO DE PONTO DE ÔNIBUS COM COBERTURA E BANCOS DE ESPERA NO BAIRRO JARDIM DURVAL NICOLAU &amp;#8211; ETAPA III. </t>
   </si>
   <si>
     <t>10859</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Dr. Chaves, Professor Claudinei</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10859/10859_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10859/10859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXECUTIVO REFERENTE A INSTALAÇÃO DO PONTO DIGITAL AOS FUNCIONÁRIOS QUE TRABALHAM NA REDE PÚBLICA MUNICIPAL DE SAÚDE. </t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO EXECUTIVO SOBRE A INSTALAÇÃO DE CONTAINERS PARA CONSULTÓRIOS MÉDICOS NO PSF DO BAIRRO JARDIM SÃO PAULO. </t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10861/10861_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10861/10861_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES AO CONDERG SOBRE O ATENDIMENTO DO SAMU. </t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10878/10878_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10878/10878_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DOS VEREADORES CLAUDINEI DAMALIO E ODAIR PIRINOTO &amp;#8211; SOLICITA INFORMAÇÕES REFERENTES À FALTA DE ÁGUA NA RUA HENRIQUE CABRAL DE VASCONCELOS. </t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR &amp;#8211; SOLICITA INFORMAÇÕES AO EXECUTIVO SOBRE OCUPAÇÃO DE CARGOS DE CONFIANÇA POR VEREADORES. </t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8211; DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR &amp;#8211; SOLICITA INFORMAÇÕES À VITALI SOBRE O MÉDICO QUE EXERCE O CARGO DE DIRETOR TÉCNICO NA UPA. </t>
   </si>
   <si>
     <t>10903</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10903/10903_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10903/10903_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM A RETIRADA DO PROJETO DE LEI DO LEGISLATIVO Nº 004/2018, QUE DISPÕE SOBRE A QUEIMA, SOLTURA E MANUSEIO DE FOGOS DE ARTIFICIO E ARTEFATOS PIROTÉCNICOS NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10904</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10904/10904_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10904/10904_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETOR DE VIGILÂNCIA SANITÁRIA E AO SETOR DE ZOONOSES DO MUNICÍPIO, A REALIZAÇÃO DE VISTORIA NA ÁREA DE LAZER DO JARDIM LEONOR. </t>
   </si>
   <si>
     <t>10905</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10905/10905_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10905/10905_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO EXECUTIVO A RECUPERAÇÃO DA ÁREA DE LAZER DO JARDIM LEONOR. </t>
   </si>
   <si>
     <t>10906</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10906/10906_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10906/10906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO SETRAN A REPINTURA DAS FAIXAS DE SINALIZAÇÃO DE TRÂNSITO EM TODAS AS RUAS DO JARDIM MAESTRO MOURÃO. </t>
   </si>
   <si>
     <t>10907</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10907/10907_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10907/10907_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO MUNICIPAL DE SAÚDE, CÓPIA DO DOS LIVROS DE SAÍDA DE MEDICAÇÃO DO PRONTO SOCORRO MUNICIPAL. </t>
   </si>
   <si>
     <t>10908</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>Dr. Chaves, Professor Claudinei, Rui Nova Onda</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10908/10908_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10908/10908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM SOLICITA AO EXECUTIVO E AO DEPARTAMENTO MUNICIPAL DE SAÚDE, RELAÇÃO DE TODOS OS MÉDICOS QUE TRABALHAM NA REDE PÚBLICA MUNICIPAL DE SAÚDE. </t>
   </si>
   <si>
     <t>10909</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10909/10909_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10909/10909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O ENVIO AO MINISTÉRIO PÚBLICO, O REQUERIMENTO Nº 85/2018, QUE SE ENCONTRA COM PRAZO VENCIDO E SEM MANIFESTAÇÃO. </t>
   </si>
   <si>
     <t>10910</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf</t>
+    <t>Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O ANTEPROJETO DE LEI QUE DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM ANIMAL - SIMPOA E SOBRE A PRÉVIA INSPEÇÃO SANITÁRIA DE PRODUTOS DE ORIGEM ANIMAL, INSTITUI TAXAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10927/10927_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10927/10927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO PREFEITO E FERROVIA CENTRO ATLÂNTICA, MELHORIAS NO PONTILHÃO DO FINAL DA RUA MARECHAL DEODORO. </t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10928/10928_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10928/10928_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SUPERINTENDENTE DO INSTITUTO DE PREVIDÊNCIAS, INFORMAÇÕES SOBRE A CONSTRUÇÃO DA SEDE DO INSTITUTO</t>
   </si>
   <si>
     <t>10929</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10929/10929_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10929/10929_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETRAN INFORMAÇÕES E PROVIDÊNCIAS A RESPEITO DE INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE OU PLACAS DE SINALIZAÇÃO NA RUA ALBERTO ZERBETTO, NO BAIRRO JARDIM MAESTRO MOURÃO</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10930/10930_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10930/10930_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO DE EDUCAÇÃO, A COLOCAÇÃO DE UMA ESTAGIÁRIA DE ENSINO, NA ESCOLA MARIA ANGELINA, BEM COMO A COMPRA DE PRODUTOS DE LIMPEZA QUE ESTÃO EM FALTA.</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10931/10931_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10931/10931_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO DE EDUCAÇÃO, A COMPRA DE UM FOGÃO PARA FAZER OS PÃES E BOLOS PARA A MERENDA DOS ALUNOS DA ESCOLA MARIA TELINE ROSA BARRADO. </t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10932/10932_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10932/10932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE A EMPRESA QUE INSTALOU OS POSTES AO REDOR DO PISCINÃO DA RUA HENRIQUE MARTARELLO</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10933/10933_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10933/10933_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS PARA VIABILIZAÇÃO DA INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE (LOMBADA) EM FRENTE AO ENDEREÇO: AC: BAIRRO ALEGRE, 96 &amp;#8211; JARDIM SOL NASCENTE. </t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A PINTURA E SINALIZAÇÃO DE FAIXA DE TRÂNSITO EM TODA A EXTENSÃO DA RUA DAVID DE CARVALHO. </t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA E SINALIZAÇÃO DE FAIXA DE TRÂNSITO EM TODA A EXTENSÃO DA AVENIDA BRASÍLIA.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA E SINALIZAÇÃO DE FAIXA DE TRÂNSITO EM TODA A EXTENSÃO DA AVENIDA RODRIGUES ALVES</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS PARA IMPLANTAÇÃO DE MÃO DUPLA DE DIREÇÃO NA RUA JOÃO RABELO JUNQUEIRA, ENTRE AS RUAS QUATORZE DE JULHO E JOÃO PESSOA. </t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10951/requerimento.201.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10951/requerimento.201.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para a colocação de uma placa de orientação de destino a São Paulo, na Rua 14 de Julho, próximo à Agência dos Correios</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10952/requerimento.202.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10952/requerimento.202.pdf</t>
   </si>
   <si>
     <t>Solicita a isenção do IPTU incidente sobre o imóvel cadastrado sob o nº 216716.1, cito à Avenida Dr. Durval Nicolau, nº 3.484, Riviera de São João, CNPJ: 59.767.004/0001-42, de propriedade do Lions Clube de São João da Boa Vista.</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10953/requerimento.203.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10953/requerimento.203.pdf</t>
   </si>
   <si>
     <t>Solicita ao Departamento Municipal de Meio Ambiente, providenciar a poda das árvores no entorno da UNIFAE e Casa da Agricultura, em consonância com pedido realizado em 11 de junho de 2018.</t>
   </si>
   <si>
     <t>10954</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10954/requerimento.204.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10954/requerimento.204.pdf</t>
   </si>
   <si>
     <t>Solicita ao Departamento Municipal de Meio Ambiente, o plantio de árvores na Praça Efraim Nogueira Filho.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10955/requerimento.205.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10955/requerimento.205.pdf</t>
   </si>
   <si>
     <t>Solicita ao SETRAN, a repintura das faixas de sinalização de trânsito em todas as ruas do Bairro Jardim Yara.</t>
   </si>
   <si>
     <t>10956</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10956/requerimento.206.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10956/requerimento.206.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada da subscrição de seu nome da Moção de Protestos nº 40/2018, ao Senhor Antonio Carlos Buffo.</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11002/requerimento.207.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11002/requerimento.207.pdf</t>
   </si>
   <si>
     <t>Solicita diversas informações referentes ao Terminal Rodoviário de São João da Boa Vista, bem como melhorias para o mesmo.</t>
   </si>
   <si>
     <t>11003</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11003/requerimento.208.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11003/requerimento.208.pdf</t>
   </si>
   <si>
     <t>Solicita à Renovias que substitua a placa de entrada do aeroporto de São João da Boa Vista para "Aeroporto Dr. Joaquim de Campos Simião".</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11004/requerimento.209.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11004/requerimento.209.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a relação de todo o dinheiro repassado à área da saúde.</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11005/requerimento.210.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11005/requerimento.210.pdf</t>
   </si>
   <si>
     <t>Solicita à Santa Casa de Misericórdia "Dona Carolina Malheiros" a prestação de contas, detalhada, de todo o dinheiro público recebido por ela nos últimos seis meses.</t>
   </si>
   <si>
     <t>11006</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11006/requerimento.211.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11006/requerimento.211.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada do Projeto de Lei do Legislativo nº 005/2018, de sua autoria, que acrescenta a alínea "b" ao artigo 6º da Lei nº 2.601/2009.</t>
   </si>
   <si>
     <t>11007</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Solicita estudos para a colocação de um redutor de velocidade na rua Napoleão Laureano, em frente ao número 416.</t>
   </si>
   <si>
     <t>11008</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11008/requerimento.213.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11008/requerimento.213.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para a colocação de um redutor de velocidade na rua São José, em frente ao número 245. Em deliberação.</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11009/requerimento.214.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11009/requerimento.214.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para a colocação de um redutor de velocidade na rua David de Carvalho, em frente ao número 279.</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11010/requerimento.215.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11010/requerimento.215.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para a colocação de um ponto de ônibus no sítio "Entre Rios", na estrada do rio claro.</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11025/requerimento.216.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11025/requerimento.216.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o depósito de lixo instalado na Rua Matheus Delalíbera, do lado da ponte na via supracitada.</t>
   </si>
   <si>
     <t>11026</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>Solicita informações sobre o depósito de lixo instalado na Rua Matheus Delalíbera, altura do nº 367.</t>
   </si>
   <si>
     <t>11027</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11027/requerimento.218.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11027/requerimento.218.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um bueiro na Rua Matheus Delalíbera, na altura do nº 367</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11028/requerimento.219.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11028/requerimento.219.pdf</t>
   </si>
   <si>
     <t>Solicita NOTIFICAÇÃO de proprietário para que seja feita a construção de calçada e manutenção no muro na Rua Professora Maria José Salgado Pavan, entre os números 29 ao 79, no Bairro Jardim Michelazzo.</t>
   </si>
   <si>
     <t>11029</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11029/requerimento.220.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11029/requerimento.220.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo o recapeamento da Rua Atílio Tozzato, no Bairro do Pedregulho.</t>
   </si>
   <si>
     <t>11040</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11040/requerimento.221.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11040/requerimento.221.pdf</t>
   </si>
   <si>
     <t>Solicita à Santa Casa de Misericórdia “Dona Carolina Malheiros”, a compra de uma nova Mesa de Cirurgia Ortopédica.</t>
   </si>
   <si>
     <t>11041</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11041/requerimento.222.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11041/requerimento.222.pdf</t>
   </si>
   <si>
     <t>Solicita ao Governo do Estado de São Paulo, Secretário Estadual de Saúde e Prefeito Municipal, a compra ou liberação de verba para aquisição de uma Mesa de Cirurgia Ortopédica para Santa Casa de Misericórdia Dona Carolina Malheiros do município de São João da Boa Vista.</t>
   </si>
   <si>
     <t>11042</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11042/requerimento.223.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11042/requerimento.223.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os gastos efetuados com a empresa contratada para elaboração da Reestruturação do Estatuto do Magistério Público Municipal e cria o Plano de Cargos, Carreiras e Salários do Magistério Público do Município de São João da Boa Vista, relativamente à educação básica e dá providências correlatas.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11066/requerimento.224.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11066/requerimento.224.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a possibilidade de se colocar cobertura ou tenda em frente a Capela onde são realizadas as Missas no Cemitério Municipal.</t>
   </si>
   <si>
     <t>11067</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11067/requerimento.225.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11067/requerimento.225.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Executivo sobre o possível fechamento da EMEB Prof. Carvalho Pinto.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11068/requerimento.226.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11068/requerimento.226.pdf</t>
   </si>
   <si>
     <t>Solicita informações os gastos com a Semana de Educação.</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11069/requerimento.227.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11069/requerimento.227.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Executivo com relação a Estrada Velha São João da Boa Vista a Vargem Grande do Sul.</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11070/requerimento.228.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11070/requerimento.228.pdf</t>
   </si>
   <si>
     <t>Solicita ao SETRAN a instalação de coberturas em pontos de ônibus no Jardim das Rosas.</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11071/requerimento.229.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11071/requerimento.229.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao SETRAN sobre estudos realizados para implantação de Mão Única de Direção na Rua Francisco Alexandre Almeida, sentido Centro/Bairro.</t>
   </si>
   <si>
     <t>11089</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11089/requerimento.230.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11089/requerimento.230.pdf</t>
   </si>
   <si>
     <t>Solicita informações e estudos sobre a possibilidade de policiamento preventivo na Feira-Livre.</t>
   </si>
   <si>
     <t>11090</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11090/requerimento.231.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11090/requerimento.231.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de mão única de direção, sentido bairro/cento na Rua José Primola, no Bairro Vila Valentim.</t>
   </si>
   <si>
     <t>11091</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11091/requerimento.232.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11091/requerimento.232.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de quebra-molas e faixa de pedestre na Rua José Virgílio Dutra, perto da Lanchonete Paraki</t>
   </si>
   <si>
     <t>11092</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11092/requerimento.233.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11092/requerimento.233.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de quebra-molas na Avenida Lúcio Pierini.</t>
   </si>
   <si>
     <t>11093</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11093/requerimento.233.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11093/requerimento.233.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo aumentar a iluminação, instalar lixeiras ecologicamente corretas e providenciar a limpeza da pista de caminhada do piscinão do DER.</t>
   </si>
   <si>
     <t>11094</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11094/requerimento.235.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11094/requerimento.235.pdf</t>
   </si>
   <si>
     <t>Solicita ao Diretor do Departamento de Saúde, a contratação de um médico Geriatra para atendimento no Centro de Especialidades</t>
   </si>
   <si>
     <t>11095</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11095/requerimento.236.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11095/requerimento.236.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo o envio da relação das escalas das Enfermeiras Padrão do SAMU, inclusive a RT, referente ao período de novembro de 2017 até a presenta data, juntamente com o controle de presença.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11096/requerimento.237.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11096/requerimento.237.pdf</t>
   </si>
   <si>
     <t>Solicita ao CONDERG o envio da relação das escalas das Enfermeiras Padrão do SAMU, inclusive a RT, referente ao período de novembro de 2017 até a presenta data, juntamente com o controle de presença.</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11097/requerimento.238.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11097/requerimento.238.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo a construção de uma rampa para acesso de portadores de deficiência na Rua Elipio Perez, no Bairro Jardim Primavera, ao lado da igreja.</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11098/requerimento.239.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11098/requerimento.239.pdf</t>
   </si>
   <si>
     <t>Solicita providências para a construção de um Redutor de Velocidade na Avenida Santo Pelózio, no Bairro Jardim Azaleia II.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11099/requerimento.240.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11099/requerimento.240.pdf</t>
   </si>
   <si>
     <t>Convida o Excelentíssimo Senhor Vanderlei Borges de Carvalho, Prefeito Municipal, a comparecer nesta Casa de Leis, na Sessão Ordinária do dia 19 de novembro de 2.018, para justificar a concessão de convênio entre o Município e a Santa Casa, transferindo todas as unidades de saúde do município para serem administradas pela Santa Casa de Misericórdia "Dona Carolina Malheiros.</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11100/requerimento.241.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11100/requerimento.241.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Ministério Público sobre a legalidade da concessão de convênio entre o Município e a Santa Casa, transferindo todas as unidades de saúde de município para serem administradas pela Santa Casa de Misericórdia "Dona Carolina Malheiros.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11101/requerimento.242.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11101/requerimento.242.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo, informações sobre a possibilidade da construção de uma quadra poliesportiva coberta na Emeb Prof. João Baptista Scannapieco.</t>
   </si>
   <si>
     <t>11102</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11102/requerimento.243.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11102/requerimento.243.pdf</t>
   </si>
   <si>
     <t>Solicita ao SETRAN informações e providências a respeito de instalação de um Redutor de Velocidade no cruzamento das Ruas Pereira Machado com Bernadino de Campos.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11103/requerimento.244_Sj8w4aG.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11103/requerimento.244_Sj8w4aG.pdf</t>
   </si>
   <si>
     <t>Solicita os estudos necessários para a reforma do CSU “Miguel Jorge Nicolau”, no bairro do DER, no ano de 2019.</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11104/requerimento.245.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11104/requerimento.245.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção de uma rotatória nas confluências da Avenida Pedro Rezende Lopes, com a Rua Maurílio Alvarez, bem como o recapeamento asfáltico da Avenida Pedro Rezende Lopes que se encontra em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11105/requerimento.246.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11105/requerimento.246.pdf</t>
   </si>
   <si>
     <t>Encaminha o anteprojeto de lei que dispõe sobre a instituição do programa kit lanches - Mais Saúde, aos pacientes transportados para tratamento de saúde em outros Municípios e dá outras providências.</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11129/requerimento.247.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11129/requerimento.247.pdf</t>
   </si>
   <si>
     <t>Solicita ao Provedor da Santa Casa de Misericórdia "Dona Carolina Malheiros", informações sobre a Organização Social – OS, que irá administrar todas as unidades públicas do Município.</t>
   </si>
   <si>
     <t>11130</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11130/requerimento.248.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11130/requerimento.248.pdf</t>
   </si>
   <si>
     <t>Solicita informações e estudos sobre a possibilidade de aumento do policiamento preventivo na Praça Cel. Joaquim José, principalmente nos finais de semana.</t>
   </si>
   <si>
     <t>11131</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11131/requerimento.249.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11131/requerimento.249.pdf</t>
   </si>
   <si>
     <t>Requer informações da Administração Municipal sobre a sinalização de faixas indicativas de trânsito no piso asfáltico da Rua Eduardo Lopes Castilho.</t>
   </si>
   <si>
     <t>11132</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11132/requerimento.250.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11132/requerimento.250.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito Municipal, informações sobre a Organização Social - OS, criada para administrar todas as unidades públicas do Município.</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11133/requerimento.251.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11133/requerimento.251.pdf</t>
   </si>
   <si>
     <t>Solicita o envio do Requerimento nº 186/2018, de minha autoria, com prazo vencido ao Ministério Público para as devidas providências.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11143/requerimento.252.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11143/requerimento.252.pdf</t>
   </si>
   <si>
     <t>Encaminha o anteprojeto de lei que permite o estacionamento exclusivo de veículos para embarque e desembarque defronte às Clínicas e Consultórios Médicos e Médico Veterinários do Município.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11144/requerimento.253.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11144/requerimento.253.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de um semáforo no cruzamento da Avenida Dr. Oscar Pirajá Martins, próximo ao McDonald’s.</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11145/requerimento.254.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11145/requerimento.254.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre faixas amarelas na Avenida Dr. Durval Nicolau.</t>
   </si>
   <si>
     <t>11174</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11174/requerimento.255.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11174/requerimento.255.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada da subscrição de seu nome da Moção de Protesto nº 40/2018, contra o Senhor Antonio Carlos Buffo.</t>
   </si>
   <si>
     <t>11175</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>Dr. Zé Eduardo, Sebastião Neris</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11175/requerimento.256.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11175/requerimento.256.pdf</t>
   </si>
   <si>
     <t>Encaminha o anteprojeto de lei que dispõe sobre a implantação do programa "bueiro inteligente" como forma de prevenção às enchentes no Município de São João da Boa Vista.</t>
   </si>
   <si>
     <t>11176</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11176/requerimento.257.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11176/requerimento.257.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Senhor Vanderlei Borges de Carvalho, Prefeito Municipal, solicitando que estude a possibilidade de construir um "portal" (ou pórtico) em locais específicos.</t>
   </si>
   <si>
     <t>11177</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11177/requerimento.258.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11177/requerimento.258.pdf</t>
   </si>
   <si>
     <t>Requer informações e providências sobre o descarte de lixo no final da Rua Matheus Delalíbera.</t>
   </si>
   <si>
     <t>11178</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11178/requerimento.259.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11178/requerimento.259.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo informações e providencias do setor responsável para cascalhar local onde será construída a quadra de esportes da EMEB João Baptista Scanapiecco.</t>
   </si>
   <si>
     <t>11179</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11179/requerimento.260.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11179/requerimento.260.pdf</t>
   </si>
   <si>
     <t>Solicita que encaminhe ao Ministério Público, decisão anexa emitida pelo Tribunal de Contas do Estado de São Paulo, Processo TC-12049.989.18-9, que trata da contratação irregular de professores temporários do Centro Universitário das Faculdades Associadas de Ensino - FAE São João da Boa Vista UNIFAE.</t>
   </si>
   <si>
     <t>11180</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11180/requerimento.261.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11180/requerimento.261.pdf</t>
   </si>
   <si>
     <t>Solicita informações e providências com relação à concentração e proliferação de pombos no Terminal Rodoviário Urbano.</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>Moretto , Odair Pirinoto</t>
-[...2 lines deleted...]
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11181/requerimento.262.pdf</t>
+    <t>Moretto, Odair Pirinoto</t>
+  </si>
+  <si>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11181/requerimento.262.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a manutenção e conservação no acostamento da estrada vicinal que liga São João a Santo Antônio do Jardim, próximo ao Sítio Amaral.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11182/requerimento.263.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11182/requerimento.263.pdf</t>
   </si>
   <si>
     <t>Solicita ao Governo do Estado de São Paulo a ampliação da escola Isaura de Lima Teixeira ou construção de uma nova unidade escolar.</t>
   </si>
   <si>
     <t>11183</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11183/requerimento.264.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11183/requerimento.264.pdf</t>
   </si>
   <si>
     <t>Solicita informações das empresas de telefonia celular sobre cobertura no Bairro do Macuco e adjacências.</t>
   </si>
   <si>
     <t>11184</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11184/requerimento.265.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11184/requerimento.265.pdf</t>
   </si>
   <si>
     <t>Requer informações e providências sobre a construção de ponto de ônibus com cobertura e bancos de espera na Rua Maria da Glória Mazzi Zorgetto, no Bairro Jardim das Rosas.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11203/requerimento.266.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11203/requerimento.266.pdf</t>
   </si>
   <si>
     <t>Requer seja enviado ofício ao Senhor Prefeito Municipal, no sentido de que seja providenciada a identificação de quilometragem da Estrada Velha que liga São João/Vargem Grande do Sul.</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11204/requerimento.267.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11204/requerimento.267.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um Quebra Molas na Estrada Velha que liga São João/Vargem Grande do Sul.</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11205/requerimento.268.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11205/requerimento.268.pdf</t>
   </si>
   <si>
     <t>11206</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11206/requerimento.269.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11206/requerimento.269.pdf</t>
   </si>
   <si>
     <t>Solicita ao SETRAN, a construção de Redutores de Velocidades na Av. Izete Fontão.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11207/requerimento.270.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11207/requerimento.270.pdf</t>
   </si>
   <si>
     <t>Solicita Solicito ao Dr. Benedito Carlos Rocha Westin, Diretor da DRS XIV, um estudo para aumentar o número de cotas de cateterismo devido à grande demanda que assola o município.</t>
   </si>
   <si>
     <t>11208</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11208/requerimento.271.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11208/requerimento.271.pdf</t>
   </si>
   <si>
     <t>Solicita ao SETRAN, estudos para alteração de tráfego de veículos na Rua Riachuelo entre as ruas Dr. Teófilo Ribeiro de Andrade e Visconde do Rio Branco.</t>
   </si>
   <si>
     <t>10096</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10096/10096_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10096/10096_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAS PARA MELHORIAS NA ILUMINAÇÃO PÚBLICA E ASFALTAR A RUA MANOEL GARCIA, NA VILA CARVALHO</t>
   </si>
   <si>
     <t>10097</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10097/10097_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10097/10097_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PRESENÇA DE VARREDORES DE RUA NO JARDIM POUSADA DO SOL</t>
   </si>
   <si>
     <t>10098</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10098/10098_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10098/10098_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DO CAMPO DE AREIA E DO PARQUINHO DO JARDIM POUSADA DO SOL</t>
   </si>
   <si>
     <t>10100</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10100/10100_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10100/10100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PASSADA MÁQUINA MOTONIVELADORA NA ESTRADA DA CAIANA.</t>
   </si>
   <si>
     <t>10101</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10101/10101_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10101/10101_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NAS VIAS DE ACESSO À IGREJA MARIA MÃE DA IGREJA.</t>
   </si>
   <si>
     <t>10102</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10102/10102_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10102/10102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DA PRAÇA EXISTENTE NO BAIRRO JARDIM 1º DE MAIO</t>
   </si>
   <si>
     <t>10138</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10138/10138_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10138/10138_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE TODOS OS TERRENOS DE PROPRIEDADE DA PREFEITURA MUNICIPAL EXISTENTES NO BAIRRO JARDIM FLAMBOYANT</t>
   </si>
   <si>
     <t>10139</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10139/10139_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10139/10139_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PAVIMENTAÇÃO DA PISTA DE CAMINHADA DO PISCINÃO DO BAIRRO DO DER.</t>
   </si>
   <si>
     <t>10140</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10140/10140_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10140/10140_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ASFALTADA A RUA QUE LIGA O BAIRRO JARDIM YOLANDA AO BAIRRO JARDIM 1º DE MAIO</t>
   </si>
   <si>
     <t>10141</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10141/10141_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10141/10141_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA TAPAR O BURACO EXISTENTE NA RUA JOÃO SARTORELO, EM FRENTE AO NÚMERO 92.</t>
   </si>
   <si>
     <t>10142</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10142/10142_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10142/10142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REINICIO DAS OBRAS PARA A ABERTURA DA RUA QUE VAI LIGAR O BAIRRO JARDIM EUROPA À ESCOLA DO SESI</t>
   </si>
   <si>
     <t>10160</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10160/10160_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10160/10160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO NA QUADRA DO JARDIM ALMEIDA, BEM COMO REPARO NOS BRINQUEDOS QUE ESTÃO TODOS QUEBRADOS.</t>
   </si>
   <si>
     <t>10161</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10161/10161_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10161/10161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIA NA ESTRADA VICINAL DE ACESSO A VAZTA, PASSANDO PELO SÍTIO DOS GRULLI, ATÉ A RODOVIA SP 344, PRÓXIMO A AABB.</t>
   </si>
   <si>
     <t>10162</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10162/10162_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10162/10162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO PISO ASFÁLTICO DA ROTATÓRIO DO BAIRRO JARDIM DAS ROSAS</t>
   </si>
   <si>
     <t>10206</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10206/10206_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10206/10206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PRESENÇA DE VARREDORES NAS RUAS DO JARDIM ALMEIDA E VILA TENENTE VASCONCELLOS.</t>
   </si>
   <si>
     <t>10207</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10207/10207_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10207/10207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA ANNA IGNEZ DE LIMA BARAÚNA &amp;#8211; JARDIM ALMEIDA. </t>
   </si>
   <si>
     <t>10208</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10208/10208_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10208/10208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE UMA BOCA DE LOBO NA RUA FRANCISCA FERREIRA, NA VILA TENENTE VASCONCELLOS.</t>
   </si>
   <si>
     <t>10209</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10209/10209_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10209/10209_texto_integral.pdf</t>
   </si>
   <si>
     <t>10210</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10210/10210_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10210/10210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA PASSADA A MÁQUINA MOTONIVELADORA NA ESTRADA DA CAIANA. </t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10211/10211_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10211/10211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADAS QUEIMADAS NA FEIRA LIVRE- EM CIMA DA BANCA DO PAGANI.</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10212/10212_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10212/10212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE MASSA ASFÁLTICA NA VIELA EXISTENTE NA RUA JOSÉ LANSAC, NA VILA BRASIL.</t>
   </si>
   <si>
     <t>10213</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10213/10213_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10213/10213_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO, NAS ÁREAS PÚBLICAS DESTINADAS AO LAZER OU À RECREAÇÃO NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA, DE, NO MÍNIMO, 1 (UM) EQUIPAMENTO PARA LAZER E RECREAÇÃO INFANTIL ADAPTADO ÀS CRIANÇAS COM DEFICIÊNCIA FÍSICA OU MENTAL.</t>
   </si>
   <si>
     <t>10232</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10232/10232_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10232/10232_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO DOS BRINQUEDOS DO PARQUINHO EXISTENTE NA PRAÇA WALDEMAR JUNQUEIRA FERREIRA, NA RUA IRMÃS WESTIN, NO JARDIM SANTO ANDRÉ. </t>
   </si>
   <si>
     <t>10233</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10233/10233_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10233/10233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DE MATO E RETIRADA DE CARAMUJOS NOS TERRENOS EXISTENTES NO BAIRRO JARDIM VILA RICA.</t>
   </si>
   <si>
     <t>10234</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10234/10234_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10234/10234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO NA GRADE DO BUEIRO EXISTENTE NA RUA HENRIQUE CABRAL DE VASCONCELOS, EM FRENTE A ÓTICA EXÓTICA.</t>
   </si>
   <si>
     <t>10235</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10235/10235_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10235/10235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DOS SERVIÇOS DE LIMPEZA NO CANTEIRO CENTRAL DA AVENIDA RODRIGUES ALVES.</t>
   </si>
   <si>
     <t>10236</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10236/10236_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10236/10236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDENCIAR A LIMPEZA DENTRO DO PISCINÃO DA RUA HENRIQUE MARTARELO, NO BAIRRO DA VILA BRASIL QUE ESTÁ COM O MATO ALTO, CHEIO DE LIXO E MUITA LAMA. </t>
   </si>
   <si>
     <t>10237</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10237/10237_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10237/10237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDENCIAR O CORTE DE UMA ÁRVORE EXISTENTE NA RUA MATO GROSSO, ALTURA DO NÚMERO 90, QUE ESTÁ COM OS GALHOS MUITO GRANDES, ATRAPALHANDO O TRÁFEGO DE VEÍCULOS GRANDES. </t>
   </si>
   <si>
     <t>10238</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10238/10238_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10238/10238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA REALIZAR A LIMPEZA DE UM BUEIRO ENTUPIDO EXISTENTE NA RUA JOSÉ LANSAC, ESQUINA COM A RUA HENRIQUE MARTARELO, CAUSANDO MUITOS PROBLEMAS PARA OS MORADORES VIZINHOS. </t>
   </si>
   <si>
     <t>10239</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10239/10239_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10239/10239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE DETERMINE AO SETRAN PARA A COLOCAÇÃO DE PLACAS PARA IMPEDIR O TRAFEGO DE VEÍCULOS NAS FEIRAS LIVRES. OUTROSSIM, QUE SEJA CONCEDIDO UNIFORMES PARA OS SERVIDORES QUE SÃO FISCAIS. </t>
   </si>
   <si>
     <t>10240</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10240/10240_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10240/10240_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE DA MUNICIPALIDADE, QUE SEJA PASSADA A MÁQUINA MOTONIVELADORA NA ESTRADA DO PAULO CIRTO, BEM COMO ROÇAR O MATO ALTO.</t>
   </si>
   <si>
     <t>10241</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10241/10241_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10241/10241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTAMENTE COM O SETOR COMPETENTE DA MUNICIPALIDADE A VIABILIDADE DE COLOCAR ILUMINAÇÃO NA PISTA DE CAMINHADA NO ENTORNO DO PISCINÃO DA VILA BRASIL.</t>
   </si>
   <si>
     <t>10242</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10242/10242_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10242/10242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDO PARA COLOCAÇÃO DE UM POSTE DE ILUMINAÇÃO NO FINAL DA RUA PIEDADE GONÇALVES FERREIRA. </t>
   </si>
   <si>
     <t>10272</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10272/10272_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10272/10272_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAR A COLOCAÇÃO DE MAIS UM POSTE DE ILUMINAÇÃO EM FRENTE A CBL (SP &amp;#8211; 344, 222 &amp;#8211; DISTRITO INDUSTRIAL.</t>
   </si>
   <si>
     <t>10273</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10273/10273_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10273/10273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SOLICITANDO QUE ESTUDE A POSSIBILIDADE DE COLOCAR MAIS UM MÉDICO CLÍNICO DE SEGUNDA À SEXTA-FEIRA PARA ATENDER NA UPA. </t>
   </si>
   <si>
     <t>10274</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10274/10274_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10274/10274_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SOLICITANDO QUE ESTUDE A POSSIBILIDADE DE COLOCAR MAIS UM ENFERMEIRO PADRÃO DE SEGUNDA À SEXTA-FEIRA PARA ATENDER NA UPA. </t>
   </si>
   <si>
     <t>10289</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10289/10289_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10289/10289_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE LIXEIRAS NA FEIRA LIVRE QUE É REALIZADA AS TERÇAS-FEIRAS.</t>
   </si>
   <si>
     <t>10290</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10290/10290_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10290/10290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO TERRENO DE PROPRIEDADE DO MUNICÍPIO, LOCALIZADO NA RUA SEBASTIANA GABRIELA.</t>
   </si>
   <si>
     <t>10291</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10291/10291_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10291/10291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A PODA DE UMA ÁRVORE EXISTENTE NA RUA MATO GROSSO, ALTURA DO NÚMERO 96. </t>
   </si>
   <si>
     <t>10292</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10292/10292_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10292/10292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE LOMBADA NA RUA JÚLIO MICHELAZZO, ENTRE A PADARIA DO CASSIANO ATÉ A EMPRESA ELFUSA. </t>
   </si>
   <si>
     <t>10293</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10293/10293_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10293/10293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE LOMBADA NA RUA MATO GROSSO. </t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10294/10294_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10294/10294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A CASCALHAMENTO DA ESTRADA DA CAPITUVA, PRÓXIMO AO LAVADOR DE BATATAS E ATERRO SANITÁRIO. </t>
   </si>
   <si>
     <t>10295</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10295/10295_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10295/10295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO MUNICIPAL A REALIZAÇÃO DE MELHORIA NO CENTRO ESPORTIVO CLARICE BORATO.</t>
   </si>
   <si>
     <t>10296</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10296/10296_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10296/10296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA SERAFIM JOSÉ FERREIRA, NO BAIRRO NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>10297</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10297/10297_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10297/10297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DA RUA DOM SEBASTIÃO LEME, NO BAIRRO JARDIM BELA VISTA. </t>
   </si>
   <si>
     <t>10322</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10322/10322_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10322/10322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A NOTIFICAÇÃO DE PROPRIETÁRIOS DE TERRENOS BALDIOS NA RUA CLAUDIO PEREGRINO DOS REIS. </t>
   </si>
   <si>
     <t>10323</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10323/10323_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10323/10323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA ANTONIO PALOMO, NO BAIRRO JARDIM SANTARÉM.</t>
   </si>
   <si>
     <t>10324</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10324/10324_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10324/10324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA AVENIDA DURVAL NICOLAU. AO PREFEITO MUNICIPAL PARA OS DEVIDOS FINS.</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10325/10325_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10325/10325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E CONSERVAÇÃO AO REDOR DA EMEB LUIZA DE LIMA TEIXEIRA.</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10326/10326_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10326/10326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO PROVIDÊNCIAS PARA QUE SEJA EXECUTADA A DEVIDA LIMPEZA EM ÁREA INSTITUCIONAL LOCALIZADA NO JARDIM SÃO SALVADOR.</t>
   </si>
   <si>
     <t>10327</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10327/10327_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10327/10327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA E MANUTENÇÃO GERAL DO CEI &amp;#8211; CENTRO EDUCACIONAL INFANTIL DO JARDIM DOS IPÊS. AO PREFEITO MUNICIPAL PARA OS DEVIDOS FINS.</t>
   </si>
   <si>
     <t>10347</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10347/10347_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10347/10347_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CONSERTO DA PORTA DE ENTRADA DO BANHEIRO DO TERMINAL URBANO, AO LADO DO PONTO DE TÁXI.</t>
   </si>
   <si>
     <t>10348</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10348/10348_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10348/10348_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA TAPADA A VALETA EXISTENTE NA AVENIDA MARIA REGINA M. NALLI, CRUZAMENTO COM A RUA JOSÉ VALENTIM DA CRUZ, PRÓXIMO AO Nº 10. </t>
   </si>
   <si>
     <t>10349</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10349/10349_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10349/10349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE TODAS AS RUAS DO BAIRRO JARDIM NOVA SÃO JOÃO.</t>
   </si>
   <si>
     <t>10350</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10350/10350_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10350/10350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE TODAS AS RUAS DO BAIRRO JARDIM DOS IPÊS.</t>
   </si>
   <si>
     <t>10351</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10351/10351_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10351/10351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM PONTO DE ÔNIBUS CIRCULAR COM COBERTURA E BANCO NO BAIRRO JARDIM SÃO SALVADOR.</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10352/10352_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10352/10352_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O CORTE DO MATO EXISTENTE NO FUNDO DO LOTEAMENTO JARDIM DAS ROSAS. </t>
   </si>
   <si>
     <t>10353</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10353/10353_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10353/10353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A TROCA DE LÂMPADAS QUEIMADAS NO LOTEAMENTO JARDIM DAS ROSAS. </t>
   </si>
   <si>
     <t>10354</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10354/10354_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10354/10354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A PODA DO CANTEIRO CENTRAL EXISTENTE NA RUA HENRIQUE CABRAL DE VASCONCELOS ATÉ A ENTRADA DO JARDIM PRIMAVERA. </t>
   </si>
   <si>
     <t>10355</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10355/10355_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10355/10355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DO ALAMBRADO, QUE CERCA O PRÉDIO DA CRECHE DO JARDIM RECANTO DO JAGUARI, POR MURO DE ALVENARIA.</t>
   </si>
   <si>
     <t>10383</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10383/10383_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10383/10383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODAR A ÁRVORE EXISTENTE NA AV. PADRE JOSUÉ, PRÓXIMO A PONTE DA SAMBRA.</t>
   </si>
   <si>
     <t>10384</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10384/10384_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10384/10384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE UM CAMINHÃO DE AREIA NO PARQUINHO DA PRAÇA DO BAIRRO JARDIM 1º DE MAIO.</t>
   </si>
   <si>
     <t>10385</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10385/10385_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10385/10385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODAR AS ÁRVORES EXISTENTES NA AV. RODRIGUES ALVES, NA CALÇADA DO ANTIGO EMPÓRIO BERTHOLUCCI.</t>
   </si>
   <si>
     <t>10386</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10386/10386_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10386/10386_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DA RUA SANTA MARIA, NO BAIRRO VILA BRASIL. </t>
   </si>
   <si>
     <t>10387</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10387/10387_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10387/10387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA HENRIQUE MARTARELO, NO BAIRRO VILA BRASIL</t>
   </si>
   <si>
     <t>10388</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10388/10388_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10388/10388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DA RUA JOÃO PONCIANO, NO BAIRRO JARDIM DOS REIS. </t>
   </si>
   <si>
     <t>10389</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10389/10389_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10389/10389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA CORTAR DUAS ÁRVORES EXISTENTES NA RUA BENJAMIN CONSTANT EM FRENTE AO NÚMERO 402.</t>
   </si>
   <si>
     <t>10390</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10390/10390_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10390/10390_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A POSSIBILIDADE DE COLOCAR MÃO ÚNICA DE DIREÇÃO NA RUA PADRE JOSUÉ, NO BAIRRO DO SÃO LÁZARO. </t>
   </si>
   <si>
     <t>10391</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10391/10391_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10391/10391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAR A MUDANÇA DA PLACA DA ESQUINA DA RUA CAROLINA MALHEIROS PARA A RUA BERNADINO DE CAMPOS, ONDE TEM UMA CLÍNICA DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>10392</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10392/10392_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10392/10392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE AVISO OU PLACA DE RESPEITO AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, CÓDIGO PENAL ARTIGO 331</t>
   </si>
   <si>
     <t>10393</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10393/10393_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10393/10393_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDENCIAR A COBERTURA NO PSF DO DURVAL NICOLAU, PORQUE OS CADEIRANTES QUANDO VÃO FAZER EXAMES, FICAM NA CHUVA. </t>
   </si>
   <si>
     <t>10422</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10422/10422_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10422/10422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDÊNCIAS, JUNTO AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE, PARA EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO NA ESTRADA DA PEDRA RACHADA. </t>
   </si>
   <si>
     <t>10423</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10423/10423_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10423/10423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAR O RECAPEAMENTO DA RUA MADRI MARIA INÊS, NO BAIRRO JARDIM DEL PLATA, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>10424</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10424/10424_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10424/10424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAR A LIMPEZA DO MEIO FIO EM TODAS AS RUAS DO BAIRRO VILA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>10425</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10425/10425_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10425/10425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA REALIZAÇÃO DE MELHORIA NA QUADRA ESPORTIVA DO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>10448</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDENCIAR A LIMPEZA DO MEIO FIO EM TODAS AS RUAS DO BAIRRO VILA FLEMING. </t>
   </si>
   <si>
     <t>10449</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10449/10449_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10449/10449_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA PASSADA A MÁQUINA MOTONIVELADORA NA ESTRADA DO CAIANA. </t>
   </si>
   <si>
     <t>10450</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O AUMENTO DO BUEIRO LOCALIZADO NA RUA GUILHERME BUZON, NA ALTURA DO Nº 189. </t>
   </si>
   <si>
     <t>10451</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MELHORIAS NA QUADRA DO JARDIM RECANTO DO JAGUARI. </t>
   </si>
   <si>
     <t>10452</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10452/10452_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10452/10452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COBERTURA NOS PONTOS DE ÔNIBUS EXISTENTES NO BAIRRO JARDIM SÃO SALVADOR. </t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE SERVIÇOS DE MANUTENÇÃO NA ESTRADA RURAL DE ACESSO A FAZENDA SANTA HELENA.</t>
   </si>
   <si>
     <t>10454</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA ESTRADA DOS GRULLIS.</t>
   </si>
   <si>
     <t>10455</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSERTAR A PORTA E TROCAR AS LÂMPADAS QUEIMADAS DO BANHEIRO PÚBLICO LOCALIZADO NA PRAÇA GOVERNADOR ARMANDO SALLES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO DO QUEBRA-MOLAS EXISTENTE NA RUA JOÃO PESSOA. </t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10476/10476_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10476/10476_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA, A MANUTENÇÃO, TROCAR AS LÂMPADAS QUEIMADAS, TROCAR O CESTO DA TABELA DE BASQUETE E TROCAR A TRAVE DO GOL NA QUADRA DE ESPORTES DO JARDIM ALMEIDA. </t>
   </si>
   <si>
     <t>10477</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10477/10477_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10477/10477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA DE TODAS AS PRAÇAS QUE ESTÃO ABANDONADAS. </t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE FAIXA INDICANDO &amp;#8220;CARGA E DESCARGA&amp;#8221; NA RUA CEL. JOSÉ PROCÓPIO, EM FRENTE AO Nº 540.</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10479/10479_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10479/10479_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA DO MATO ALTO EXISTENTE NA RUA FERNANDO LOTUFFO, NO BAIRRO JARDIM SOLÁRIO DA MANTIQUEIRA. </t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10480/10480_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10480/10480_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO ENTRE OS BAIRROS JARDIM PRIMAVERA ATÉ O JARDIM DAS ROSAS.</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10481/10481_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10481/10481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SINALIZAÇÃO DE SOLO ENTRE OS BAIRROS JARDIM PRIMAVERA E JARDIM DAS ROSAS. </t>
   </si>
   <si>
     <t>10482</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10482/10482_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10482/10482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO EM TODA EXTENSÃO DA AVENIDA GUILHERME GUERREIRO, NO BAIRRO VILA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>10483</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10483/10483_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10483/10483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO EM TODA EXTENSÃO DA RUA ROMEU FURLANETTO, NO BAIRRO JARDIM SATÉLITE. </t>
   </si>
   <si>
     <t>10484</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10484/10484_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10484/10484_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE TODAS AS FAIXAS DE SINALIZAÇÃO EXISTENTES NO BAIRRO JARDIM DAS TULIPAS.</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10485/10485_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10485/10485_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PASSADO O CAMINHÃO PIPA NA RUA QUE LIGA O BAIRRO JARDIM 1º DE MAIO AO JARDIM YOLANDA.</t>
   </si>
   <si>
     <t>10486</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10486/10486_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10486/10486_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA PODAR TRÊS ÁRVORES EXISTENTES NA SERRA DO PADRE.</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10487/10487_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10487/10487_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PASSAR A MÁQUINA MOTONIVELADORA NA ESTRADA SERRA DO PADRE. </t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10488/10488_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10488/10488_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA LIMPEZA DOS TERRENOS EXISTENTES EM FRENTE E AO LADO DA CRECHE DO BAIRRO PARQUE DOS RESEDÁS. </t>
   </si>
   <si>
     <t>10489</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10489/10489_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10489/10489_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO DA ESTRADA DE TERRA QUE LIGA O BAIRRO PARQUE DOS RESEDÁS I AO PARQUE DOS RESEDÁS II E III, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10490</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A VOLTA DO GUARDA DURANTE O PERÍODO DIURNO NA CRECHE DO PARQUE DOS RESEDÁS. </t>
   </si>
   <si>
     <t>10491</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10491/10491_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10491/10491_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE FAROL PISCANTE, APÓS 00H00, EM TODOS OS SEMÁFOROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10503/10503_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10503/10503_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA GERMANO RICHTER, NO BAIRRO JARDIM INDUSTRIAL.</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS PARA INSTALAÇÃO DE COBERTURA EM PONTOS DE ÔNIBUS CIRCULAR NOS BAIRROS JARDIM DAS AMOREIRAS, JARDIM DAS HORTÊNCIAS E JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>10513</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10513/10513_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10513/10513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COBERTURA NO PSF DO DURVAL NICOLAU</t>
   </si>
   <si>
     <t>10514</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10514/10514_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10514/10514_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE AVISO OU PLACA DE RESPEITO AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>10515</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10515/10515_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10515/10515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DA CALÇADA EXISTENTE ENTRE O CSU DO DURVAL NICOLAU ATÉ A CRECHE DO REFERIDO BAIRRO</t>
   </si>
   <si>
     <t>10516</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10516/10516_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10516/10516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE AUXILIAR DE FARMÁCIA, AUXILIAR ADMINISTRATIVO E AGENTE COMUNITÁRIO PARA ATENDIMENTO NO PSF DO BAIRRO DURVAL NICOLAU</t>
   </si>
   <si>
     <t>10544</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10544/10544_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10544/10544_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA RECOLOCAR O BRAÇO DE LUZ DO POSTE DA RUA JONAS VIEIRA BARROS, NO JARDIM FLEMING. </t>
   </si>
   <si>
     <t>10545</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10545/10545_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10545/10545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REINSTALADA A ILUMINAÇÃO NO PÁTIO DA FEIRA DO BAIRRO SÃO BENEDITO.</t>
   </si>
   <si>
     <t>10546</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10546/10546_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10546/10546_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REINSTALADA A ILUMINAÇÃO NO SKATE PLAZA.</t>
   </si>
   <si>
     <t>10547</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10547/10547_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10547/10547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DE TODAS AS FAIXAS DE PEDESTRE DA RUA HENRIQUE CABRAL DE VASCONCELOS.</t>
   </si>
   <si>
     <t>10548</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10548/10548_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10548/10548_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA DO TERRENO NA RUA FERNANDO LOTUFO, NA ALTURA DO Nº 61, NO BAIRRO SOLÁRIO DO MANTIQUEIRA. </t>
   </si>
   <si>
     <t>10549</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10549/10549_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10549/10549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REPINTURA DE TODAS AS FAIXAS DE TRÂNSITO EXISTENTES NO BAIRRO JARDIM LUCAS TEIXEIRA, QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10550</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10550/10550_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10550/10550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REPINTURA DE TODAS AS FAIXAS DE TRÂNSITO EXISTENTES NO BAIRRO VILA CONCEIÇÃO, QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10551</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10551/10551_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10551/10551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A REPINTURA DE TODAS AS FAIXAS DE TRÂNSITO EXISTENTES NO BAIRRO JARDIM RECANTO DO BOSQUE, QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10566</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10566/10566_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10566/10566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDENCIAR A REPINTURA DE TODAS AS FAIXAS DE TRÂNSITO EXISTENTES NO BAIRRO JARDIM TEREZA CRISTINA, QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>10567</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10567/10567_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10567/10567_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDENCIAR A REPINTURA DE TODAS AS FAIXAS DE TRÂNSITO EXISTENTES NA RUA DOM DUARTE LEOPOLDO, NO BAIRRO JARDIM BELA VISTA, QUE SE ENCONTRAM EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10568</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10568/10568_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10568/10568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE, PROVIDENCIAR A REPOSIÇÃO DO SISTEMA ELÉTRICO QUE FOI FURTADO NO CENTRO DE LAZER CLARICE BORATO. </t>
   </si>
   <si>
     <t>10569</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10569/10569_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10569/10569_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE, PROVIDENCIAR A LIMPEZA DO TERRENO DE PROPRIEDADE DA PREFEITURA MUNICIPAL, SITUADO NA RUA DR. LUIZ GAMBETA SARMENTO ENTRE OS NÚMEROS 148 E 174, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10570</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10570/10570_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10570/10570_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE, PROVIDÊNCIAS URGENTES PARA O TÉRMINO DA IMPLANTAÇÃO DO PARQUE INFANTIL E RESTAURAÇÃO DA PISCINA INFANTIL DO CENTRO DE LAZER CLARICE BORATO. </t>
   </si>
   <si>
     <t>10571</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE PROVIDENCIAR O PLANTIO DE ÁRVORES NA PRAÇA EFRAIM NOGUEIRA FILHO. </t>
   </si>
   <si>
     <t>10572</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROPOSTA DE IMPLANTAÇÃO DE PROJETO NA ÁREA DE LAZER COM ARBORIZAÇÃO, BANCOS, EQUIPAMENTOS DE GINÁSTICA E PARQUE INFANTIL PROF. DR. DAVID BOSSI. </t>
   </si>
   <si>
     <t>10573</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10573/10573_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10573/10573_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO COMPETENTE DA MUNICIPALIDADE, AVERIGUAR O PRAZO DE MUDANÇA DE LUGAR DO POSTE PERTO DO BARRACÃO DE FESTAS NA PRAÇA DO PEDREGULHO.</t>
   </si>
   <si>
     <t>10610</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10610/10610_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10610/10610_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE UM PLACAR FUNERÁRIO NA PRAÇA ISAURA TEIXEIRA DE VASCONCELOS, NO BAIRRO DO DER. </t>
   </si>
   <si>
     <t>10611</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10611/10611_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10611/10611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROVIDÊNCIAS PARA EFETUAR A DE PODA DAS ÁRVORES NA RUA NAPOLEÃO LAUREANO, PRÓXIMO AO ENTRONCAMENTO COM A AVENIDA RODRIGUES ALVES. </t>
   </si>
   <si>
     <t>10612</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10612/10612_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10612/10612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O AUMENTO DO NÚMERO DE REDUTORES NA AVENIDA DOUTOR LUIZ GAMBETA SARMENTO, TENDO EM VISTA O NÚMERO DE ACIDENTES QUE VEM ACONTECENDO NO LOCAL SUPRACITADO.</t>
   </si>
   <si>
     <t>10626</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10626/10626_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10626/10626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DE TODOS OS BUEIROS EXISTENTES NA RUA CEL. JOSÉ PROCÓPIO, NO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>10627</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10627/10627_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10627/10627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE TODA EXTENSÃO DA RUA SÃO JORGE, NO BAIRRO JARDIM AEROPORTO, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>10628</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10628/10628_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10628/10628_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A RECONSTRUÇÃO DA PONTE DA ESTRADA DA CAIANA. </t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10645/10645_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10645/10645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O CAMINHÃO PIPA NAS RUAS DO BAIRRO JARDIM AURORA</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10646/10646_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10646/10646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REPINTURA DE TODAS AS FAIXAS DE PEDESTRES EXISTENTES NO BAIRRO JARDIM_x000D_
 LUCAS TEIXEIRA, PRINCIPALMENTE EM FRENTE AS ESCOLAS</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10647/10647_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10647/10647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA ANTONIO FONSECA CASTELO BRANCO, JARDIM_x000D_
 RECANTO DO JAGUARÍ</t>
   </si>
   <si>
     <t>10648</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10648/10648_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10648/10648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA SERAFIM JOSÉ FERREIRA, NO BAIRRO JARDIM DURVAL NICOLAU, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>10712</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10712/10712_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10712/10712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE COBERTURA DE PONTO DE ÔNIBUS NA AVENIDA JOÃO BATISTA MERLIN, EM FRENTE AO BAIRRO JARDIM MAESTRO MOURÃO. </t>
   </si>
   <si>
     <t>10713</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10713/10713_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10713/10713_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE COBERTURA DE PONTO DE ÔNIBUS NA RUA CEZARIO TRAVASSOS, EM FRENTE AO Nº 330. </t>
   </si>
   <si>
     <t>10714</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10714/10714_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10714/10714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE UM POSTE COM LUMINÁRIA NA RUA PIEDADE GONÇALVES FERREIRA, EM FRENTE AO Nº 51, NO BAIRRO JARDIM BELVEDERE. </t>
   </si>
   <si>
     <t>10715</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE GRADE NA FRENTE DA UNIDADE DE SAÚDE DR. GERALDO PRADELLA_x000D_
 </t>
   </si>
   <si>
     <t>10716</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10716/10716_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10716/10716_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO E SINALIZAÇÃO DE FAIXA EM TODA A EXTENSÃO DA AV. PEDRO REZENDE LOPES_x000D_
 </t>
   </si>
   <si>
     <t>10717</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10717/10717_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10717/10717_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO A PREFEITURA MUNICIPAL MAIS UM MÉDICO CLÍNICO NA UPA._x000D_
 </t>
   </si>
   <si>
     <t>10718</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10718/10718_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10718/10718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CONSTRUÇÃO DE UM BANHEIRO NA PRAÇA CORONEL JOSÉ PIRES.</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DE TODA EXTENSÃO DA RUA JOÃO PESSOA.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA COLOCADO NO PROGRAMA DE RECAPEAMENTO ASFÁLTICO, AS RUAS DOS BAIRROS JARDIM PRIMAVERA E JARDIM DAS FLORES. </t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE COBERTURA EM PONTOS DE ÔNIBUS DOS BAIRROS JARDIM EUROPA E JARDIM LUCAS TEIXEIRA. </t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE APARELHOS DE GINÁSTICA NOS BAIRROS 1º DE MAIO E PEDREGULHO. </t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PASSADA A MÁQUINA MOTONIVELADORA NA ESTRADA DA GLÓRIA.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO E PINTURA DE SINALIZAÇÃO DE TODA EXTENSÃO DA AVENIDA PRES. JOÃO BATISTA M. GOULARTE. </t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE UMA FAIXA DE SINALIZAÇÃO PARA PEDESTRES EM FRENTE À ESCOLA ZIZA MELO, NO BAIRRO SANTO ANTONIO. </t>
   </si>
   <si>
     <t>10807</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA TAPAR UMA VALETA ENTRE A RUA MARIA REGINA MELO NALLI E A RUA JOSÉ VALENTIM DA CRUZ, NO BAIRRO JARDIM DURVAL NICOLAU.</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE POSTES COM BRAÇOS DE LUZ NO FINAL DA RUA JÚLIO MICHELAZZO ATÉ A ENTRADA DA VAZTA. </t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE EQUIPAMENTOS DE GINÁSTICA NA PRAÇA CENTRAL DO BAIRRO DO PEDREGULHO. </t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10824/10824_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10824/10824_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A PINTURA DA MARCAÇÃO DA QUADRA DE FUTEBOL DE SALÃO DO JARDIM GUANABARA. </t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10825/10825_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10825/10825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PROVIDENCIADA A TROCA DAS LÂMPADAS QUEIMADAS DA ESCOLA NEUSA DOTTA.</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10826/10826_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10826/10826_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA E MANUTENÇÃO DA QUADRA DE ESPORTES DO BAIRRO JARDIM GUANABARA. </t>
   </si>
   <si>
     <t>10827</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10827/10827_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10827/10827_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA E MANUTENÇÃO NA QUADRA DE AREIA DO BAIRRO JARDIM GUANABARA E REPARO NOS BRINQUEDOS. </t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10828/10828_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10828/10828_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DA RUA SERAFIM JOSÉ FERREIRA, NO BAIRRO JARDIM DURVAL NICOLAU, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10829/10829_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10829/10829_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A MANUTENÇÃO NA LIXEIRA INSTALADA NA ENTRADA DA ESTRADA DA ABENGOA, PRÓXIMO AO PEDÁGIO SÃO JOÃO/VARGEM GRANDE DO SUL. </t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A ILUMINAÇÃO DE PONTO ESCURO NO FINAL DAS DUAS RUAS EXISTENTES NO BAIRRO JARDIM PAINEIRAS. </t>
   </si>
   <si>
     <t>10831</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10831/10831_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10831/10831_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REITERA A INDICAÇÃO Nº 46/2018, QUE SOLICITA A NOTIFICAÇÃO DE PROPRIETÁRIOS DE TERRENOS BALDIOS NA RUA CLAUDIO PEREGRINO DOS REIS. </t>
   </si>
   <si>
     <t>10848</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA MELHORIAS NO BANHEIRO E A INSTALAÇÃO DE UM BEBEDOURO DE ÁGUA, NO PÁTIO DA FEIRA LIVRE, ONDE SÃO REALIZADAS AS AULAS DAS AUTO ESCOLAS. </t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO NO PROGRAMA MUNICIPAL DE PONTOS ESCUROS, A RUA FRANCISCO REZENDE PALMA, NO JARDIM AMOREIRAS.</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A LIMPEZA DA BOCA DE LOBO EXISTENTE NO FINAL DA RUA JOSÉ OCETTE. </t>
   </si>
   <si>
     <t>10851</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10851/10851_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10851/10851_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INSTALAÇÃO DE LIXEIRAS NO NÚCLEO RESIDENCIAL PROFESSOR CAVALCANTE. </t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10852/10852_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10852/10852_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A COLOCAÇÃO DE VARREDORES DE RUAS NO NÚCLEO RESIDENCIAL PROFESSOR CAVALCANTE. </t>
   </si>
   <si>
     <t>10853</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10853/10853_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10853/10853_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ELEVAR A COPA DAS ÁRVORES EXISTENTES NO NÚCLEO RESIDENCIAL PROFESSOR CAVALCANTE. </t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10862/10862_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10862/10862_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO LAGO VILELA, NO BAIRRO JARDIM DAS PAINEIRAS.</t>
   </si>
   <si>
     <t>10863</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10863/10863_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10863/10863_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DO BUEIRO LOCALIZADO NA RUA ISABEL CARVALHO BASTOS, PRÓXIMO AO Nº 76, NO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>10864</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10864/10864_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10864/10864_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ILUMINAÇÃO DE PONTOS ESCUROS LOCALIZADOS NO FINAL DAS RUAS GÉRSON GRESPAN E NENÊ MATIELO, NO BAIRRO JARDIM DAS PAINEIRAS.</t>
   </si>
   <si>
     <t>10899</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10899/10899_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10899/10899_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO LIXO E ENTULHOS LOCALIZADOS EM FRENTE À LAGOA DO JARDIM DAS HORTÊNSIAS.</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA O RECAPEAMENTO DE TODA EXTENSÃO DA RUA VAGNER PEDRO BOM, NO BAIRRO JARDIM SANTA CLARA, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10940/10940_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10940/10940_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGERE AO EXECUTIVO SUGERINDO QUE PRESTE HOMENAGEM À SENHORA GLORINHA AGUIAR, CONSTANDO SEU NOME EM ALGUM ESPAÇO CULTURAL DE NOSSA CIDADE. </t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10957/indicacao.171.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10957/indicacao.171.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção nos brinquedos existentes no parquinho da Praça da Viola, no Bairro Jardim Europa.</t>
   </si>
   <si>
     <t>10958</t>
   </si>
   <si>
     <t>Solicita a construção de uma rampa de acesso para cadeirantes na Rua Guiomar Novaes, esquina com a Praça Governador Armando Salles de Oliveira.</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10959/indicacao.173.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10959/indicacao.173.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação nº 136/2018, que solicita a colocação de grade na frente da Unidade de Saúde Dr. Geraldo Pradella.</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10960/indicacao.174.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10960/indicacao.174.pdf</t>
   </si>
   <si>
     <t>Solicita a troca de iluminação das ruas no entorno da UNIFAE e Casa da Agricultura por lâmpadas de Led.</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10961/indicacao.175.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10961/indicacao.175.pdf</t>
   </si>
   <si>
     <t>Reitera a Indicação nº 121/2018, que solicita ao Executivo, estudo para proposta de implantação de projeto na área de lazer com arborização, bancos, equipamentos de ginástica e parque infantil Prof. Dr. David Bossi.</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10962/indicacao.176.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10962/indicacao.176.pdf</t>
   </si>
   <si>
     <t>Solicita a averiguação do prazo de mudança de lugar do poste perto do barracão de festas na Praça do Pedregulho</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11011/indicacao.177.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11011/indicacao.177.pdf</t>
   </si>
   <si>
     <t>Solicita a troca das lâmpadas da quadra da Área de Lazer do Jardim Leonor (Halph).</t>
   </si>
   <si>
     <t>11043</t>
   </si>
   <si>
     <t>Solicita a poda de árvore na Rua Senador Saraiva nº 444, esquina com a Rua Independência.</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11044/indicacao.179.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11044/indicacao.179.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento e sinalização de faixa em toda extensão da Rua Serafim José Ferreira.</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11045/indicacao.180.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11045/indicacao.180.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento e sinalização de faixa em toda extensão da Rua Guilherme Guerreiro.</t>
   </si>
   <si>
     <t>11046</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11046/indicacao.181.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11046/indicacao.181.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo estudos para construção de uma praça no bairro Jardim Novo Horizonte.</t>
   </si>
   <si>
     <t>11047</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11047/indicacao.182.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11047/indicacao.182.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento e sinalização de faixa em toda extensão da Rua João Pessoa.</t>
   </si>
   <si>
     <t>11072</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11072/indicacao.183.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11072/indicacao.183.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza do mato alto existente na Rua Fernando Lotuffo, no Bairro Jardim Solário da Mantiqueira.</t>
   </si>
   <si>
     <t>11106</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11106/indicacao.184.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11106/indicacao.184.pdf</t>
   </si>
   <si>
     <t>Solicita a mudança do poste ao lado da rotatória nova, perto do Postinho de Saúde Dr. Sebastião Rodrigues</t>
   </si>
   <si>
     <t>11107</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11107/indicacao.185.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11107/indicacao.185.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza de todos os bueiros existentes na Rua Cel. José Procópio, no Bairro Santo Antonio</t>
   </si>
   <si>
     <t>11108</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11108/indicacao.186.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11108/indicacao.186.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção na Estrada Rural do Bairro do Macuco com o Bairro do Óleo.</t>
   </si>
   <si>
     <t>11109</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11109/indicacao.187.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11109/indicacao.187.pdf</t>
   </si>
   <si>
     <t>Solicita a compra de cadeiras para a acomodação de espera na Sala de Soro da UPA</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11134/indicacao.188.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11134/indicacao.188.pdf</t>
   </si>
   <si>
     <t>Solicita a compra de refrigerador (para gelar água) e colchonetes para a EMEB João Baptista Scanapiecco.</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11185/indicacao.189.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11185/indicacao.189.pdf</t>
   </si>
   <si>
     <t>Solicita a colocação de postes com braços de luz no final da Rua Júlio Michelazzo.</t>
   </si>
   <si>
     <t>11186</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11186/indicacao.190.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11186/indicacao.190.pdf</t>
   </si>
   <si>
     <t>Solicita a colocação de uma rotatória a entrada do Bairro Capituva.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11187/indicacao.191.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11187/indicacao.191.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prefeito providências para melhorias na ponte existente na Vila Zanetti, atrás do Supermercado Big Bom.</t>
   </si>
   <si>
     <t>11209</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11209/indicacao.192.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11209/indicacao.192.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de calçada em volta da Área Verde no Bairro Jardim das Amoreiras.</t>
   </si>
   <si>
     <t>11210</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11210/indicacao.193.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11210/indicacao.193.pdf</t>
   </si>
   <si>
     <t>Solicita reparos no piso asfáltico da Rua 4 de Julho, em frente ao nº 1.003.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11211/indicacao.194.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11211/indicacao.194.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na praça do Bairro Jardim 1º de Maio</t>
   </si>
   <si>
     <t>11212</t>
   </si>
   <si>
     <t>Solicita a repintura do piso da quadra de esportes do Bairro Jardim 1º de Maio.</t>
   </si>
   <si>
     <t>11213</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11213/indicacao.196.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11213/indicacao.196.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias e a manutenção da Estrada da Pedra Rachada.</t>
   </si>
   <si>
     <t>11214</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11214/indicacao.197.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11214/indicacao.197.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias no piso asfáltico da Avenida 13 de maio até a Rua Albina Vieira Claro sentido da Av.  Dr. Oscar Pirajá Martins Filho para Avenida Brasília.</t>
   </si>
   <si>
     <t>10399</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>OFEXP</t>
   </si>
   <si>
     <t>Ofício do Expediente</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10399/10399_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10399/10399_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO PARTIDO DEMOCRÁTICO TRABALHISTA - PDT &amp;#8211; SOLICITA A CESSÃO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL NO DIA 12 DE MAIO DE 2.018, NO HORÁRIO DAS 14H ÀS 18H PARA A CONVENÇÃO PARTIDÁRIA DO PARTIDO DEMOCRÁTICO TRABALHISTA</t>
   </si>
   <si>
     <t>10039</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10039/10039_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10039/10039_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIO RGDS N° 87/2017 - RESPOSTA AO OFÍCIO N° 449/2017-DV</t>
   </si>
   <si>
     <t>10040</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10040/10040_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10040/10040_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 0352/2017 - ZAE/SJBV HORA PARK SISTEMA DE ESTAC. ROTATIVO LTDA - RELATÓRIO DA ARRECADAÇÃO DO MÊS DE NOVEMBRO DE 2017</t>
   </si>
   <si>
     <t>10041</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10041/10041_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10041/10041_texto_integral.pdf</t>
   </si>
   <si>
     <t>PELO PRESENTE , A FIM DE INSTRUIR OS AUTOS DA PEÇA DE INFORMAÇÃO  N° 66.0430.0001050/2017-5, EM TRAMITE NESTA PROMOTORIA DE JUSTIÇA, VERSANDO SOBRE NOTÍCIA.</t>
   </si>
   <si>
     <t>10042</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10042/10042_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10042/10042_texto_integral.pdf</t>
   </si>
   <si>
     <t>REF. RESPOSTA AO OFÍCIO N° 498/2017-DV</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10043/10043_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10043/10043_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALGUMAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>10044</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10044/10044_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10044/10044_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA PRESTAÇÃO DE VIAGEM DO VEREADOR FERNANDO BETI A ITÁLIA</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10045/10045_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10045/10045_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DT/01/2018 ESCLARECIMENTOS CARNAVAL</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10046/10046_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10046/10046_texto_integral.pdf</t>
   </si>
   <si>
     <t>REMESSA DOS AUTOS À CENTRAL DE PROVIDÊNCIA CABÍVEIS VISANDO A INSTAURAÇÃO DE INQUÉRITO POLICIAL PARA A APURAÇÃO DOS FATOS</t>
   </si>
   <si>
     <t>10047</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10047/10047_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10047/10047_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DHR/014/2018 RESPOSTA AO OFÍCIO N° 001/2018</t>
   </si>
   <si>
     <t>10048</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10048/10048_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10048/10048_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO DO EXPEDIENTE 10/2018</t>
   </si>
   <si>
     <t>10049</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10049/10049_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10049/10049_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESCLARECIMENTOS A RESPEITO SOBRE POSSÍVEL ILEGALIDADE NA JORNADA DE TRABALHO DOS ASSISTENTES SOCIAIS CONTRATADOS PELO MUNICÍPIO</t>
   </si>
   <si>
     <t>10050</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10050/10050_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10050/10050_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA SP OFÍCIO N° 4218-A/2017 - EGT</t>
   </si>
   <si>
     <t>10051</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10051/10051_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10051/10051_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 13/2018 SOLICITA O ENVIO DE DOCUMENTAÇÃO</t>
   </si>
   <si>
     <t>10052</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10052/10052_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10052/10052_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 014/2018 SAM/CS CÓPIA DA PORTARIA N° 02/2018</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10053/10053_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10053/10053_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 002/2018-ZAE-SJBV HORA PARK SISTEMA DE ESTAC. ROTATIVO LTDA</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10054/10054_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10054/10054_texto_integral.pdf</t>
   </si>
   <si>
     <t>UNIFAE ENCAMINHA OS BALANCETES DA DESPESA E DA RECEITA MÊS DE DEZEMBRO DE 2017</t>
   </si>
   <si>
     <t>10055</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10055/10055_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10055/10055_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 14/2018 PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA INFORMA QUE FOI INSTAURADO O INQUÉRITO POLICIAL N° 1092/2017</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
     <t>10057</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10057/10057_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10057/10057_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOTÍCIA DE FATO N° 1.34.025.000169/2017-02</t>
   </si>
   <si>
     <t>10058</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10058/10058_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10058/10058_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA DO REQUERIMENTO N° 929/2017</t>
   </si>
   <si>
     <t>10059</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10059/10059_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10059/10059_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DESDE O DIA 1° DE JANEIRO DE 2015 ATÉ O DIA 31 DE DEZEMBRO DE 2015 DO USO DO CARRO OFICIAL DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>10060</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10060/10060_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10060/10060_texto_integral.pdf</t>
   </si>
   <si>
     <t>MPF - OFÍCIO/PRM/SJBV N° 61/2018 NOTÍCIA DE FATO N° 1.34.025.000169/2017-02</t>
   </si>
   <si>
     <t>10061</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10061/10061_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10061/10061_texto_integral.pdf</t>
   </si>
   <si>
     <t>MPF - OFÍCIO/PRM/SJBV N° 725/2017 PROCEDIMENTO PREPARATÓRIO N° 1.34.025.000095/2017-04</t>
   </si>
   <si>
     <t>10062</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10062/10062_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10062/10062_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFÍCIO N° 27/2018 DO MP/SP A FIM DE INSTRUIR OS AUTOS DO INQUÉRITO CIVIL N° 14.0430.0001196/2013</t>
   </si>
   <si>
     <t>10063</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10063/10063_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10063/10063_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE UM MUNÍCIPE PARA QUE OS VEREADORES FISCALIZEM SE SUAS SOLICITAÇÕES A OUVIDORIA ESTÃO SENDO REALIZADAS</t>
   </si>
   <si>
     <t>10064</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10064/10064_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10064/10064_texto_integral.pdf</t>
   </si>
   <si>
     <t>AGRADECIMENTO DA FAMÍLIA DE ANTONIO ARNALDO BOVO</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10065/10065_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10065/10065_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÕES</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10066/10066_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10066/10066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DO TEXTO COMPILADO DA LEI N° 670 DE 22 DE MAIO DE 1922 COM TODAS AS ALTERAÇÕES POSTERIORMENTE INTRODUZIDAS ATÉ O MOMNETO</t>
   </si>
   <si>
     <t>10082</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10082/10082_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10082/10082_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMA QUE FOI INSTAURADO INQUÉRITO POLICIAL SOB N°68/2018 PARA APURAR OS CRIMES DE INJÚRIA/CALÚNIA, REFERENTES AO OFÍCIO N ° 525/2017-DV EXPEDIDO PELA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>10083</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10083/10083_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10083/10083_texto_integral.pdf</t>
   </si>
   <si>
     <t>A PARTIR DO DIA 18 DE JANEIRO DE 2018, O COLEGIADO DO CONSELHO TUTELAR DA CIDADE DE SÃO JOÃO DA BOA VISTA, MANTENDO O MESMO NÍVEL DE SERENIDADE COM QUE ESSE ÓRGÃO SEMPRE FOI CONDUZIDO, PASSA POR REESTRUTURAÇÃO INTERNA</t>
   </si>
   <si>
     <t>10094</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10094/10094_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10094/10094_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESCISÃO CONTRATUAL - RESTOS A PAGAR 2015_x000D_
 CONTRATO DE REPASSE OGU N° 1027883-87/2015/MCIDADES</t>
   </si>
   <si>
     <t>10099</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10099/10099_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10099/10099_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICA QUE FOI INSTAURADO, NESTA PROMOTORIA DE JUSTIÇA, O INQUÉRITO CIVIL N°14.0430.000007/2018-4, EM FACE DO VEREADOR FERNANDO BONARETI BETTI, PARA APURAR NOTÍCIA DE POSSÍVEL ATO DE IMPROBIDADE ADMINISTRATIVA</t>
   </si>
   <si>
     <t>10103</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10103/10103_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10103/10103_texto_integral.pdf</t>
   </si>
   <si>
     <t>MPF EM NÚMEROS  2017_x000D_
 PROCEDIMENTO DE GESTÃO ADMINISTRATIVA N°1.34.025.000007/2018-47</t>
   </si>
   <si>
     <t>10104</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10104/10104_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10104/10104_texto_integral.pdf</t>
   </si>
   <si>
     <t>UNIFAE- BALANCETE DA RECEITA E DA DESPESA MÊS JANEIRO/2018</t>
   </si>
   <si>
     <t>10106</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10106/10106_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10106/10106_texto_integral.pdf</t>
   </si>
   <si>
     <t>POLICIA CIVIL DO ESTADO DE SÃO PAULO- OFICIO N 212/2018- AEI REF. P 68/2018</t>
   </si>
   <si>
     <t>10109</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10109/10109_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10109/10109_texto_integral.pdf</t>
   </si>
   <si>
     <t>COMUNICA QUE O CONTRATO DE REPASSE N° 803252/2014 - OPERAÇÃO 1015733-78, ASSINADO EM 04/09/2014, FOI EXTINTO POR SOLICITAÇÃO DO CONTRATADO</t>
   </si>
   <si>
     <t>10110</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10110/10110_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10110/10110_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE CASSAÇÃO DE MANDATO POR FALTA COM O DECORO NA CONDUTA PÚBLICA EM FACE DE CLAUDINEI DAMÁLIO</t>
   </si>
   <si>
     <t>10143</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10143/10143_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10143/10143_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA PARA O CONHECIMENTO DESTA CASA, CÓPIA DO ESTATUTO DA DIRETORIAS.</t>
   </si>
   <si>
     <t>10144</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10144/10144_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10144/10144_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMÇÃO</t>
   </si>
   <si>
     <t>10145</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10145/10145_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10145/10145_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE INFORMAÇÃO</t>
   </si>
   <si>
     <t>10146</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10146/10146_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10146/10146_texto_integral.pdf</t>
   </si>
   <si>
     <t>Sindicato dos funcionários da prefeitura municipal, câmara municipal, autarquias, empresas e fundações municipais de São João da Boa Vista- SP</t>
   </si>
   <si>
     <t>10163</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10163/10163_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10163/10163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PEDIDO DE APURAÇÃO DE MANDADO DE INJUNÇÃO EM FACE DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E DO PREFEITO MUNICIPAL_x000D_
 </t>
   </si>
   <si>
     <t>10164</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10164/10164_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10164/10164_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA - OFÍCIO N° 85/2018</t>
   </si>
   <si>
     <t>10165</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10165/10165_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10165/10165_texto_integral.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE APURAÇÃO DE MANDADO DE INJUNÇÃO EM FACE DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>10166</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10166/10166_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10166/10166_texto_integral.pdf</t>
   </si>
   <si>
     <t>10167</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10167/10167_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10167/10167_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA - OFÍCIO N°91/2018</t>
   </si>
   <si>
     <t>10168</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10168/10168_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10168/10168_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA DE SÃO JOÃO DO ESTADO DE SÃO PAULO - PROCEDIMENTO COMUM- NULIDADE</t>
   </si>
   <si>
     <t>10171</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10171/10171_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10171/10171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMA QUE TOMOU CONHECIMENTO DO PROCESSO </t>
   </si>
   <si>
     <t>10169</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10169/10169_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10169/10169_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8211; INFORMA A LIBERAÇÃO DE RECURSOS FINANCEIROS</t>
   </si>
   <si>
     <t>10170</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10170/10170_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10170/10170_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 216/2017, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA.</t>
   </si>
   <si>
     <t>10174</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10174/10174_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10174/10174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SANTA CASA CAROLINA MALHEIROS - OFÍCIO N° 05/2018/ADM</t>
   </si>
   <si>
     <t>10175</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10175/10175_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10175/10175_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO OFICIO N° 528/2017</t>
   </si>
   <si>
     <t>10176</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10176/10176_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10176/10176_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA - OFÍCIO N° 103/2018</t>
   </si>
   <si>
     <t>10177</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10177/10177_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10177/10177_texto_integral.pdf</t>
   </si>
   <si>
     <t>UNIFAE - BALANCETES DA DESPESA DE FEVEREIRO/2018</t>
   </si>
   <si>
     <t>10179</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10179/10179_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10179/10179_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 004/2018</t>
   </si>
   <si>
     <t>10178</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10178/10178_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10178/10178_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO SENHOR ALEXANDRE COSTA &amp;#8211; ENCAMINHA OFÍCIO SOLICITANDO PROVIDÊNCIAS PARA O RECAPEAMENTO DE TODAS AS RUAS DO BAIRRO JARDIM DAS FLORES.</t>
   </si>
   <si>
     <t>10180</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10180/10180_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10180/10180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SUSPENSÃO DA VOTAÇÃO DO PROJETO DE LEI Nº 23/2018. </t>
   </si>
   <si>
     <t>10181</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10181/10181_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10181/10181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COMUNICA A INSTAURAÇÃO DE INQUÉRITO POLICIAL, DESTINADO A APURAR CRIMES DE &amp;#8220;CALUNIA&amp;#8221; E &amp;#8220;DIFAMAÇÃO&amp;#8221;, PREVISTOS NOS ARTIGOS 138 E 139 DO CÓDIGO PENAL, PRATICADOS, EM TESE, PELO DR. JOSÉ CARLOS CHICONI FUSCO, AUTOR DE DENÚNCIA FEITA CONTRA O SENHOR VEREADOR CLAUDINEI DAMALIO E REJEITADA POR UNANIMIDADE. </t>
   </si>
   <si>
     <t>10182</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10182/10182_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10182/10182_texto_integral.pdf</t>
   </si>
   <si>
     <t>APRESENTA DENÚNCIA PARA INSTAURAÇÃO DE PROCESSO DE CASSAÇÃO EM FACE DO VEREADOR FERNANDO BONARETI BETTI POR QUEBRA DE DECORO PARLAMENTA.</t>
   </si>
   <si>
     <t>10183</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10183/10183_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10183/10183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CESSÃO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL PARA A REALIZAÇÃO DA HOMENAGEM AO DIA DO TRABALHADOR NA SAÚDE, NO DIA 25 DE MAIO DE 2.018.</t>
   </si>
   <si>
     <t>10244</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10244/10244_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10244/10244_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO OFÍCIO Nº 46/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO.</t>
   </si>
   <si>
     <t>10245</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10245/10245_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10245/10245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA EXPLICAÇÕES COM REFERÊNCIA AO OFÍCIO Nº 059/2018, QUE DENÚNCIA PARA INSTAURAÇÃO DE PROCESSO DE CASSAÇÃO EM FACE DO VEREADOR FERNANDO BONARETI BETTI POR QUEBRA DE DECORO PARLAMENTAR, SER ENCAMINHADO À COMISSÃO DE ÉTICA E DECORO PARLAMENTAR E NÃO A ABERTURA DE UM PROCESSO DE CASSAÇÃO.</t>
   </si>
   <si>
     <t>10246</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10246/10246_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10246/10246_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMA A LIBERAÇÃO DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>10247</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10247/10247_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10247/10247_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 405/2017, DE AUTORIA DE TODOS OS VEREADORES DA CASA.</t>
   </si>
   <si>
     <t>10214</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10214/expediente.65_Ebrx558.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10214/expediente.65_Ebrx558.pdf</t>
   </si>
   <si>
     <t>APRESENTA DENUNCIA PARA IMEDIATA INSTAURAÇÃO DE PROCESSO DE CASSAÇÃO EM FACE DO VEREADOR FERNANDO BONARETI BETTI POR QUEBRA DE DECORO PARLAMENTAR.</t>
   </si>
   <si>
     <t>10243</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10243/10243_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10243/10243_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RELATÓRIO DA ARRECADAÇÃO DO MÊS DE FEVEREIRO DE 2018 E SUAS DEVIDAS DOAÇÕES JÁ EFETUADAS PARA SEUS REPRESENTANTES LEGAIS.</t>
   </si>
   <si>
     <t>10248</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10248/10248_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10248/10248_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO OFÍCIO Nº 9/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO, REFERENTE A REPRESENTAÇÃO CONTRA O MUNICÍPIO DE SÃO JOÃO DA BOA VISTA E O SERVIDOR PÚBLICO MUNICIPAL SENHOR ALENCAR AGUIAR NETO.</t>
   </si>
   <si>
     <t>10249</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10249/10249_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10249/10249_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA SANTA CASA DE MISERICÓRDIA DONA CAROLINA MALHEIROS - SOLICITA CÓPIA NA ÍNTEGRA DA GRAVAÇÃO DA SESSÃO ORDINÁRIA DO DIA 12 DE MARÇO DE 2.018.</t>
   </si>
   <si>
     <t>10253</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10253/10253_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10253/10253_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DELEGACIA SECCIONAL DE POLICIA- ACUSA RECEBIMENTO DO EXPEDIENTE CONSTITUÍDO DO OFICIO N° 54/2018-DV </t>
   </si>
   <si>
     <t>10254</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10254/10254_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10254/10254_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTERIO PUBLICO DO ESTADO DE SÃO PAULO- REPRESENTAÇÃO POR INCONSTITUCIONALIDADE DE ARTIGOS DA LEI MUNICIPAL N° 2.997 DE 21 DE JUNHO DE 2011</t>
   </si>
   <si>
     <t>10255</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10255/10255_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10255/10255_texto_integral.pdf</t>
   </si>
   <si>
     <t>CMDCA- SOLICITA A CESSÃO DE UMA URNA DE VOTAÇÃO UTILIZADA NOS PLEITOS ELEITORAIS</t>
   </si>
   <si>
     <t>10256</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10256/10256_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10256/10256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SABESP- ESCLARECIMENTO SOBRE A SITUAÇÃO EM QUE SE ENCONTRA O PRÉDIO DO DEPOSITO ALVORADA</t>
   </si>
   <si>
     <t>10257</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10257/10257_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10257/10257_texto_integral.pdf</t>
   </si>
   <si>
     <t>10275</t>
   </si>
   <si>
     <t>DA POLICIA CIVIL &amp;#8211; SOLICITA A PRESENÇA DOS 15 VEREADORES NA CENTRAL DE POLÍCIA JUDICIÁRIA NO DIA 29 DE MARÇO, PARA PRESTAREM DECLARAÇÕES NOS AUTOS DO INQUÉRITO POLICIAL Nº 68/2018, TENDO COMO NATUREZA OS DELITOS DE INJÚRIA E CALÚNIA, SENDO AVERIGUADO FELIPE CIRTO FRIGO.</t>
   </si>
   <si>
     <t>10276</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10276/10276_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10276/10276_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA POLICIA CIVIL &amp;#8211; SOLICITA A PRESENÇA DOS 15 VEREADORES NA CENTRAL DE POLÍCIA JUDICIÁRIA NO DIA 29 DE MARÇO, PARA PRESTAREM DECLARAÇÕES NOS AUTOS DO INQUÉRITO POLICIAL Nº 235/2018, TENDO COMO NATUREZA OS DELITOS DE CALÚNIA E DIFAMAÇÃO, SENDO AVERIGUADO JOSÉ CARLOS CHICONI FUSCO.</t>
   </si>
   <si>
     <t>10298</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10298/10298_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10298/10298_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA MANIFESTAÇÃO COM REFERÊNCIA AO PROJETO DE LEI COMPLEMENTAR Nº 1205/2017, QUE APROVA A POLÍTICA DE DESENVOLVIMENTO URBANO E O PLANO DIRETOR ESTRATÉGICO DE SÃO JOÃO DA BOA VISTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10299</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10299/10299_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10299/10299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COMUNICA QUE ESTÁ EM TRÂMITE NA PROMOTORIA O INQUÉRITO CIVIL, VERSANDO SOBRE POSSÍVEL IRREGULARIDADE NO PAGAMENTO DE SUBSÍDIOS AO VEREADOR FERNANDO BONARETI BETTI, NO PERÍODO DE 10 A 20 DE JUNHO DE 2.017. </t>
   </si>
   <si>
     <t>10300</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10300/10300_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10300/10300_texto_integral.pdf</t>
   </si>
   <si>
     <t>10301</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10301/10301_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10301/10301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A INTERMEDIAÇÃO DA CÂMARA MUNICIPAL PARA A CAPTAÇÃO DE RECURSOS FINANCEIROS PARA VIABILIZAR A OBRA DE AMPLIAÇÃO DA UNIDADE DE SAÚDE DA FAMÍLIA DR. GERALDO PRADELLA, NO BAIRRO SANTO ANTONIO. </t>
   </si>
   <si>
     <t>10302</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10302/10302_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10302/10302_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SUBVENÇÃO PARA INVESTIMENTO PARA A AQUISIÇÃO DE EQUIPAMENTOS DE MANUTENÇÃO À VIDA, NA IMPORTÂNCIA DE R$ 1.000.000,00 </t>
   </si>
   <si>
     <t>10328</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10328/10328_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10328/10328_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 023/2018, DE AUTORIA DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA.</t>
   </si>
   <si>
     <t>10329</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10329/10329_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10329/10329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RELAÇÃO DA UTILIZAÇÃO DO CARRO OFICIAL DA CÂMARA MUJICIPAL NOS ANOS DE 201, 2015, 2016, 2017 E 2018, ONDE CONSTE DATA, HORA, NOME DO MOTORISTA, QUILOMETRAGEM E MOTIVO PARA UTILIZAÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>10330</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10330/10330_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10330/10330_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DE TODAS AS ATAS DAS SESSÕES ORDINÁRIA E EXTRAORDINÁRIA DO ANO DE 2017.</t>
   </si>
   <si>
     <t>10331</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10331/10331_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10331/10331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CÓPIA DA ATA QUE DELIBEROU ENTRE OS 15 VEREADORES A ABERTURA DO INQUÉRITO POLICIAL Nº 228/18.</t>
   </si>
   <si>
     <t>10332</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10332/10332_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10332/10332_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OS BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>10360</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10360/10360_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10360/10360_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AOS REQUERIMENTOS NÚMEROS 007 E 043/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10333</t>
   </si>
   <si>
     <t>ENCAMINHO, COM VISTAS A ARTESP - AGENCIA REGULADORA DE SERVIÇOS PÚBLICOS DELEGADOS DE TRANSPORTE DO ESTADO DE SÃO PAULO, O OFICIO N° 38/18, DA CÃMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA, SOLICITANDO A DUPLICAÇÃO DA RODOVIA QUE LIGA OS MUNICIPIOS DE SÃO JOÃO DA BOA VISTA E CASA BRANCA</t>
   </si>
   <si>
     <t>10334</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10334/10334_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10334/10334_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE PIRASSUNUNGA - ENCAMINHA O REQUERIMENTO N° 102/2018, DE AUTORIA DE TODOS OS VEREADORES</t>
   </si>
   <si>
     <t>10335</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10335/10335_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10335/10335_texto_integral.pdf</t>
   </si>
   <si>
     <t>CERTIFICA QUE FOI FIRMADO, O TERMO DE CONVÊNIO SUPRACITADO COM A ESCOLA GALENOS S/C LTDA, PARA CONCESSÃO DE OPORTUNIDADE DE ESTÁGIO</t>
   </si>
   <si>
     <t>10336</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10336/10336_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10336/10336_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE BASTOS - ENCAMINHA CÓPIA DA MOÇÃO 017/2018 PARA PLENO CONHECIMENTO DAS CONSIDERAÇÕES</t>
   </si>
   <si>
     <t>10356</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10356/10356_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10356/10356_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACUSA O RECEBIMENTO DE CONVITE PARA PARTICIPAR DA SESSÃO SOLENE DE ENTREGA DO TÍTULO POLICIAL PADRÃO E JUSTIFICA SUA AUSÊNCIA.</t>
   </si>
   <si>
     <t>10357</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10357/10357_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10357/10357_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVITE PARA PARTICIPAR DO 1º CONGRESSO NACIONAL DE VEREADORES, A REALIZAR-SE DE 08 A 12 DE MAIO, EM UBATUBA.</t>
   </si>
   <si>
     <t>10358</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10358/10358_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10358/10358_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OFÍCIO SOLICITANDO A POSSIBILIDADE DE VERIFICAR O OCORRIDO COM O SENHOR ZÉ DO JUJU, NAS PROXIMIDADES DA ESCOLA DO SESI.</t>
   </si>
   <si>
     <t>10359</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10359/10359_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10359/10359_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RELATÓRIO DA ARRECADAÇÃO DO MÊS DE MARÇO DE 2.018 E SUAS DEVIDAS DOAÇÕES JÁ EFETUADAS PARA SEUS REPRESENTANTES LEGAIS.</t>
   </si>
   <si>
     <t>10394</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10394/10394_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10394/10394_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA PROCURADORIA DA REPÚBLICA NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA &amp;#8211; SOLICITA INFORMAÇÕES SOBRE O QUANTO DISPOSTO NO DESPACHO Nº 253/2018, COM REFERÊNCIA AO CONDEPHIC</t>
   </si>
   <si>
     <t>10395</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10395/10395_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10395/10395_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO MINISTÉRIO DA EDUCAÇÃO &amp;#8211; INFORMA A LIBERAÇÃO DE RECURSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>10396</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10396/10396_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10396/10396_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA CÂMARA MUNICIPAL DE SANTA RITA DO PASSA QUATRO &amp;#8211; ENCAMINHA CÓPIA DA MOÇÃO DE CONGRATULAÇÕES Nº 004/2018, PARA CONHECIMENTO DE SEU TEOR. </t>
   </si>
   <si>
     <t>10397</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10397/10397_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10397/10397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA CENTRAL DE POLÍCIA JUDICIÁRIA &amp;#8211; SOLICITA A PRESENÇA DE VEREADORES PARA COMPARECEREM NOS DIAS 24 OU 27 DE ABRIL DE 2.018, PARA PRESTAREM DECLARAÇÕES NOS AUTOS DO INQUÉRITO POLICIAL Nº 235/2018, TENDO EM COMO NATUREZA OS DELITOS DE CALÚNIA E DIFAMAÇÃO, SENDO AVERIGUADO JOSÉ CARLOS CHICONI FUSCO. </t>
   </si>
   <si>
     <t>10398</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10398/10398_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10398/10398_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO CORREIOS &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 005/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>10402</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10402/10402_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10402/10402_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO &amp;#8211; COMUNICA O PARECER FAVORÁVEL ÀS CONTAS DO PREFEITO DE SÃO JOÃO DA BOA VISTA RELATIVAS AO EXERCÍCIO DE 2.015.</t>
   </si>
   <si>
     <t>10456</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10456/10456_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10456/10456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA PROCURADORIA GERAL DE JUSTIÇA &amp;#8211; SOLICITA INFORMAÇÕES SOBRE A CONSTITUCIONALIDADE DA LEI 662, DE 30 DE MAIO DE 2001. </t>
   </si>
   <si>
     <t>10457</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA SENHORA MARIA HELENA ANGELINI SANTANA &amp;#8211; DIRETORA DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO &amp;#8211; MANIFESTA SENTIMENTOS DE PESAR PELO FALECIMENTO DO MOACIR MOLINA (MAGU).</t>
   </si>
   <si>
     <t>10458</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10458/10458_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10458/10458_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA CÂMARA MUNICIPAL DA ESTÂNCIA HIDROMINERAL DE ÁGUAS DA PRATA &amp;#8211; MANIFESTA SENTIMENTOS DE PESAR PELO FALECIMENTO DO MOACIR MOLINA (MAGU).</t>
   </si>
   <si>
     <t>10459</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO SAMU &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 59/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10460</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10460/10460_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10460/10460_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA CÂMARA MUNICIPAL DA ESTÂNCIA TURÍSTICA DE TUPÃ &amp;#8211; ENCAMINHA PARA O CONHECIMENTO DESTA CASA, CÓPIA DA MOÇÃO Nº 64/2018.</t>
   </si>
   <si>
     <t>10461</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10461/10461_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10461/10461_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA ARSESP &amp;#8211; ENCAMINHA O RELATÓRIO ANALÍTICO DE SANEAMENTO BÁSICO 206.</t>
   </si>
   <si>
     <t>10462</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10462/10462_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10462/10462_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO DEPARTAMENTO MUNICIPAL DE ESPORTES &amp;#8211; ENCAMINHA RESPOSTA AO OFÍCIO Nº 110/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10467</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10467/10467_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10467/10467_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO CONSELHO REGIONAL DE ENFERMAGEM DE SÃO PAULO &amp;#8211; ENCAMINHA RESPOSTA AO OF. GAB. Nº 011/2015, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR.</t>
   </si>
   <si>
     <t>10493</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10493/10493_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10493/10493_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO - SOLICITA O EMPRÉSTIMO DE 10 CADEIRAS PARA SEREM USADAS NA SOLENIDADE DE FORMATURA DO PROERD, QUE SERÁ REALIZADA NO TEATRO MUNICIPAL NO DIA 29/05, ÀS 14:00.</t>
   </si>
   <si>
     <t>10496</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10496/10496_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10496/10496_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA UNIFAE &amp;#8211; ENCAMINHA OS BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE MAIO DE 2.018. </t>
   </si>
   <si>
     <t>10506</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO - A FIM DE INSTRUIR OS AUTOS DO PROTOCOLADO Nº 129.743/17 - MP E REITERANDO OS TERMOS DO OFÍCIO Nº 687/18 DATADO DE 08 DE MARÇO DE 2018</t>
   </si>
   <si>
     <t>10507</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA USO DO SALÃO DA PLENÁRIA PARA REUNIÃO ORDINÁRIA DA CPA (COMISSÃO PERMANENTE DE ACESSIBILIDADE) A SER REALIZADA NO DIA 24 DE MAIO DAS 14H ÀS 16H.</t>
   </si>
   <si>
     <t>10523</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10523/10523_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10523/10523_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA O BOLETIM DE OCORRÊNCIA 2485/2018 TENDO COMO DECLARANTE MARCOS HENRIQUE BARBOSA PARREIRA.</t>
   </si>
   <si>
     <t>10524</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10524/10524_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10524/10524_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMA A LIBERAÇÃO DE RECURSOS FINANCEIROS DESTINADOS A GARANTIR A EXECUÇÃO DE PROGRAMAS DO FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10525/10525_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10525/10525_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESPAÇO PARA REALIZAÇÃO DE REUNIÃO DA COMISSÃO MUNICIPAL DE GEOGRAFIA ESTATÍSTICA QUE ACONTECERÁ NO DIA 7 DE JUNHO DE 2018 DAS 10H ÀS 11H. </t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10526/10526_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10526/10526_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA AO OFÍCIO DE DIVERSOS N° 129/2018.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10527/10527_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10527/10527_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO - SOLICITAÇÃO DE INFORMAÇÕES A RESPEITO DE CARGOS EM COMISSÃO</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10528/10528_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10528/10528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SAMU REGIONAL - ESCALAS DOS ENFERMEIROS DO SAMU DE SJBV REFERENTE A NOVEMBRO DE 2017 Á ABRIL DE 2018</t>
   </si>
   <si>
     <t>10529</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10529/10529_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10529/10529_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO DE PRESTAÇÃO DE CONTAS REFERENTE AO MÊS DE ABRIL DE 2018 , HORA PARK SISTEMA DE ESTACIONAMENTO ROTATIVO LTDA.</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA DO OFÍCIO Nº 128/2018.</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA RESPOSTA DO OFÍCIO Nº 98/2018</t>
   </si>
   <si>
     <t>10535</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10535/10535_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10535/10535_texto_integral.pdf</t>
   </si>
   <si>
     <t>JOÃO OTÁVIO BASTOS JUNQUEIRA ENCAMINHA REGISTRO DE RECEBIMENTO DO OFÍCIO N° 134/2018 SOBRE A MOÇÃO N° 16/2018.</t>
   </si>
   <si>
     <t>10574</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10574/10574_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10574/10574_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA SECRETARIA DA FAZENDA DO ESTADO DE SÃO PAULO &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 57/2018, DE AUTORIA DO VEREADOR ANTONIO APARECIDO DA SILVA. </t>
   </si>
   <si>
     <t>10575</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10575/10575_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10575/10575_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO SENHOR BENEDITO RODRIGUES &amp;#8211; SOLICITA A CRIAÇÃO DE UM ESTABELECIMENTO ACADEMIA, GRATUITA NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10576</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10576/10576_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10576/10576_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO SENHOR BENEDITO RODRIGUES &amp;#8211; SOLICITA A CRIAÇÃO DE UM ESTABELECIMENTO BOM PRATO NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10578</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10578/10578_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10578/10578_texto_integral.pdf</t>
   </si>
   <si>
     <t>CENTRO UNIVERSITÁRIO DAS FACULDADES ASSOCIADAS DE ENSINO-UNIFAE ENCAMINHA BALANCETES DA DESPESA E DA RECEITA DO MÊS DE MAIO DE 2018.</t>
   </si>
   <si>
     <t>10580</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10580/10580_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10580/10580_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA CÓPIA DA PROMOÇÃO DE ARQUIVAMENTO LANÇADA NOS AUTOS DO INQUÉRITO CIVIL N° 14.0430.0001992/2017-9.</t>
   </si>
   <si>
     <t>10581</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10581/10581_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10581/10581_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA DESCRITIVO DA CAMPANHA "POLÍTICO QUE FAZ FAVOR, NEGA DIREITOS"</t>
   </si>
   <si>
     <t>10582</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10582/10582_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10582/10582_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA OFÍCIO SOLICITANDO A EXECUÇÃO DO CENSO NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA.</t>
   </si>
   <si>
     <t>10613</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10613/10613_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10613/10613_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO PSC &amp;#8211; PARTIDO SOCIAL CRISTÃO &amp;#8211; SOLICITA A CESSÃO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL, NO DIA 16 DE JUNHO DE 2.018, PARA A REALIZAÇÃO DE ENCONTRO DE LIDERANÇAS REGIONAIS. </t>
   </si>
   <si>
     <t>10614</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10614/10614_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10614/10614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA PROCURADORIA DA REPÚBLICA EM SÃO JOÃO DA BOA VISTA &amp;#8211; ENCAMINHA RESPOSTA AO OF.GAB. Nº 24/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10617</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10617/10617_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10617/10617_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 112/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR.</t>
   </si>
   <si>
     <t>10615</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10615/10615_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10615/10615_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO TRIBUNAL DE JUSTIÇA DO ESTADO DE SÃO PAULO &amp;#8211; COMUNICA QUE FOI CONCEDIDO EFEITO ATIVO AO AGRAVO DE INSTRUMENTO INTERPOSTO PELO REQUERENTE CONTRA A DECISÃO QUE INDEFERIU O PEDIDO DE TUTELA ANTECIPADA, REFERENTE AO VEREADOR FERNANDO BONARETI BETTI.</t>
   </si>
   <si>
     <t>10629</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10629/10629_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10629/10629_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA PROPOSTAS DE ALTERAÇÕES NA LEI MUNICIPAL Nº 3462/2013, QUE DISPÕE SOBRE O PLANO MUNICIPAL DE ACESSIBILIDADE. </t>
   </si>
   <si>
     <t>10633</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10633/10633_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10633/10633_texto_integral.pdf</t>
   </si>
   <si>
     <t>DO MINISTÉRIO PUBLICO DO ESTADO DE SÃO PAULO SOLICITA INFORMAÇÕES E CÓPIA DE DECISÕES DE PROCESSOS.</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10649/10649_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10649/10649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACUSA O RECEBIMENTO DA MOÇÃO Nº 15/2018, DE AUTORIA DA VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA. </t>
   </si>
   <si>
     <t>10662</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10662/10662_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10662/10662_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA DE SERRA NEGRA- APROVAÇÃO DA MOÇÃO N° 10/2018 DE AUTORIA DE TODOS OS VEREADORES</t>
   </si>
   <si>
     <t>10663</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10663/10663_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10663/10663_texto_integral.pdf</t>
   </si>
   <si>
     <t>CASA CIVIL- RESPOSTA AO OFICIO N° 37/2018- DV</t>
   </si>
   <si>
     <t>10664</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10664/10664_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10664/10664_texto_integral.pdf</t>
   </si>
   <si>
     <t>LUIZ ANTÔNIO FERNANDES VALENTE - SOLICITA QUE UMA GLEBA DA QUAL É PROPRIETÁRIO SEJA INCLUSA NO PERÍMETRO URBANO</t>
   </si>
   <si>
     <t>10665</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10665/10665_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10665/10665_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PUBLICO - TERMO DE COMPROMISSO DE AJUSTAMENTO DE CONDUTA</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA SANTA CASA DE MISERICÓRDIA &amp;#8220;DONA CAROLINA MALHEIROS&amp;#8221; &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 132/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA ESTAPAR &amp;#8211; ENCAMINHA RELATÓRIO DA ARRECADAÇÃO DO MÊS DE MAIO DE 2018 E SUAS DEVIDAS DOAÇÕES JÁ EFETUADAS PARA SEUS REPRESENTANTES LEGAIS. </t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10666/10666_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10666/10666_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASSOCIAÇÃO DOS CICLISTAS MOGIANA SOLICITA A INCLUSÃO DO PROJETO CICLOVIA NO PLANO DIRETOR. </t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10667/10667_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10667/10667_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ANA PAULA LÚCIO GERALDO BERNARDO REQUER QUE SUA PROPRIEDADE SEJA INCLUÍDA NO PERÍMETRO URBANO. </t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10668/10668_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10668/10668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OFÍCIO CIRCULAR 06/2018 DA CÂMARA MUNICIPAL DE BASTOS. </t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10685/10685_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10685/10685_texto_integral.pdf</t>
   </si>
   <si>
     <t>GABINETE DO SENADOR AIRTON SANDOVAL ENCAMINHA OFÍCIO SASAND 074/2018.</t>
   </si>
   <si>
     <t>10686</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10686/10686_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10686/10686_texto_integral.pdf</t>
   </si>
   <si>
     <t>UNIFAE ENCAMINHA BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE JUNHO.</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10687/10687_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10687/10687_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOVIMENTO PARA APROVAR NO CONGRESSO NACIONAL, MAJORAÇÃO DO PER CAPITA DO FUNDEB PARA EDUCAÇÃO ESPECIAL EM TODO PAÍS.</t>
   </si>
   <si>
     <t>10742</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA ZONA AZUL &amp;#8211; ENCAMINHA O RELATÓRIO DA ARRECADAÇÃO DO MÊS DE JUNHO DE 2.018 E SUAS DEVIDAS DOAÇÕES JÁ EFETUADAS PARA SEUS REPRESENTANTES LEGAIS. </t>
   </si>
   <si>
     <t>10695</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10695/10695_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10695/10695_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO SOLICITA INFORMAÇÕES SE HOUVE APROVAÇÃO DO PROJETO DE LEI COMPLEMENTAR NOTICIADA NO OFÍCIO 180/2018.</t>
   </si>
   <si>
     <t>10698</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10698/10698_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10698/10698_texto_integral.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO 183/2018</t>
   </si>
   <si>
     <t>10700</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10700/10700_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10700/10700_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE AGUAÍ ENCAMINHA CÓPIA DE MOÇÃO DE REPÚDIO 072/2018.</t>
   </si>
   <si>
     <t>10705</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf</t>
   </si>
   <si>
     <t>GOVERNO DO ESTADO DE SÃO PAULO ENCAMINHA OFÍCIO DETE 09/2018 EM ATENÇÃO AO OFÍCIO 80/2018.</t>
   </si>
   <si>
     <t>10706</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10706/10706_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10706/10706_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOTORIA DE SÃO JOÃO DA BOA VISTA OFÍCIO 496/2018</t>
   </si>
   <si>
     <t>10707</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10707/10707_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10707/10707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSELHO MUNICIPAL DO MEIO AMBIENTE ENCAMINHA DOCUMENTAÇÃO DE CONTRIBUIÇÃO AO PLANO DIRETOR. </t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10708/10708_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10708/10708_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTEGRAÇÃO CULTURAL PROTEA SOLICITA AUTORIZAÇÃO PARA REALIZAR ABERTURA  DA 20 SEMANA DA CONSCIÊNCIA NEGRA.</t>
   </si>
   <si>
     <t>10709</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10709/10709_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10709/10709_texto_integral.pdf</t>
   </si>
   <si>
     <t>POLÍCIA CIVIL DO ESTADO DE SÃO PAULO OFÍCIO N° 1073/2018</t>
   </si>
   <si>
     <t>10710</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10710/10710_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10710/10710_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RESPOSTA A SOLICITAÇÃO DO VEREADOR RUI NOVA ONDA , IMPLANTAÇÃO DE ESTACIONAMENTO REGULAMENTADO NA RUA VISCONDE DO RIO BRANCO ENTRE AS RUAS SALDANHA MARINHO E CAMPOS SALES. </t>
   </si>
   <si>
     <t>10711</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10711/10711_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10711/10711_texto_integral.pdf</t>
   </si>
   <si>
     <t>HORA PARK SISTEMA DE ESTACIONAMENTO ROTATIVO ENCAMINHA RESPOSTA AO OFÍCIO 66/2018.</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA UNIFAE &amp;#8211; ENCAMINHA OS BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE JULHO DE 2.018. </t>
   </si>
   <si>
     <t>10743</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10743/10743_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10743/10743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA SENHORA MARIÂNGELA LEOCARDIO JACOMINI &amp;#8211; VICE-PRESIDENTE DO DIRETÓRIO MUNICIPAL DO PARTIDO DOS TRABALHADORES &amp;#8211; SOLICITA A CESSÃO DAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL NO DIA 2 DE AGOSTO DE 2.018, PARA RECEPCIONAR O SENHOR LUIZ MARINHO, PRÉ CANDIDADO AO GOVERNO DO ESTADO DE SÃO PAULO. </t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO OFÍCIO Nº 198/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10751</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10751/10751_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10751/10751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASSOCIAÇÃO COMERCIAL E EMPRESARIAL - ACE &amp;#8211; AGRADECE O APOIO E COMPROMETIMENTO DESSA CASA DE LEIS PARA RESOLUÇÃO DO IMPASSE ENVOLVENDO A LEI MUNICIPAL Nº 3.462/2013, QUE DISCORRE SOBRE O PLANO MUNICIPAL DE ACESSIBILIDADE. </t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10752/expediente.165.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10752/expediente.165.pdf</t>
   </si>
   <si>
     <t>VIVA SÃO JOÃO &amp;#8211; ENCAMINHA CONTRIBUIÇÕES PARA O PLANO DIRETOR.</t>
   </si>
   <si>
     <t>10753</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10753/10753_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10753/10753_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA &amp;#8211; COMUNICA A INSTAURAÇÃO DE INQUÉRITO CIVIL À RESPEITO DAS LEIS MUNICIPAIS Nº 3771/2014 E 3.770/2014. </t>
   </si>
   <si>
     <t>10754</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10754/10754_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10754/10754_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE PIRASSUNUNGA &amp;#8211; ENCAMINHA CÓPIA DO REQUERIMENTO Nº 557/2018 PARA O CONHECIMENTO DESTA EDILIDADE.</t>
   </si>
   <si>
     <t>10755</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10755/10755_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10755/10755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CÂMARA MUNICIPAL DE SERRA NEGRA &amp;#8211; ENCAMINHA CÓPIA DA MOÇÃO Nº 11/2018 PARA O CONHECIMENTO DESTA EDILIDADE. </t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10756/10756_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10756/10756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA SUGESTÃO PARA INCLUSÃO NO PLANO DIRETOR DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>10757</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10757/10757_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10757/10757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MINISTÉRIO PÚBLICO FEDERAL &amp;#8211; PROCURADORIA DA REPÚBLICA EM SÃO JOÃO DA BOA VISTA &amp;#8211; ENCAMINHA RESPOSTA AO OF. GAB. Nº 92/2017, DE AUTORIA DO EX-VEREADOR FERNANDO BETTI. </t>
   </si>
   <si>
     <t>10758</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10758/10758_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10758/10758_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSOCIAÇÃO COMERCIAL E EMPRESARIAL - ACE &amp;#8211; CONVITE PARA PARTICIPAR DA PALESTRA COM O PROFESSOR E HISTORIADOR LEANDRO KARNAL, QUE ACONTECERÁ NO DIA 13/08/2018, NO TEATRO MUNICIPAL</t>
   </si>
   <si>
     <t>10759</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10759/10759_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10759/10759_texto_integral.pdf</t>
   </si>
   <si>
     <t>10786</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10786/10786_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10786/10786_texto_integral.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO ENCAMINHA OFÍCIO 2524/18</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10787/10787_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10787/10787_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARTIDO DO MOVIMENTO DEMOCRÁTICO BRASILEIRO SOLICITA AUTORIZAÇÃO PARA UTILIZAÇÃO DAS DEPENDÊNCIAS NO DIA 19/08/2018.</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10789/10789_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10789/10789_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA &amp;#8211; ENCAMINHA REFERENTE A POSSÍVEIS IRREGULARIDADES NA POLÍTICA PÚBLICA DE DOAÇÃO DE TERRENOS NO DISTRITO INDUSTRIAL PARA A CONSTRUÇÃO DE GALPÕES DESTINADOS A LOCAÇÕES.</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10788/10788_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10788/10788_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTAPAR ENCAMINHA RELATÓRIO DE ARRECADAÇÃO REFERENTE AO MÊS DE JULHO DE 2018 </t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10790/10790_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10790/10790_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE PIRASSUNUNGA ENCAMINHA REQUERIMENTO 598/2018.</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10791/10791_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10791/10791_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE PIRASSUNUNGA ENCAMINHA REQUERIMENTO 597/2018.</t>
   </si>
   <si>
     <t>10832</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10832/10832_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10832/10832_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO MINISTÉRIO PÚBLICO DE SÃO PAULO &amp;#8211; ENCAMINHA OFÍCIO SOLICITANDO INFORMAÇÕES SE HOUVE APROVAÇÃO DO PROJETO DE LEI COMPLEMENTAR, QUE REVOGA A LEI 110/98. </t>
   </si>
   <si>
     <t>10833</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10833/10833_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10833/10833_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO &amp;#8211; ENCAMINHA CONVITE PARA PARTICIPAR DAS COMEMORAÇÕES DO &amp;#8220;ALTAR DA PÁTRIA&amp;#8221;. </t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10834/10834_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10834/10834_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA &amp;#8211; ENCAMINHA COMPLEMENTO AO OFÍCIO 496/2018. </t>
   </si>
   <si>
     <t>10835</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10835/10835_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10835/10835_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA CÂMARA MUNICIPAL DE CAMPINAS &amp;#8211; ACUSA O RECEBIMENTO DA MOÇÃO Nº 33/2018, DE AUTORIA DO VEREADOR GÉRSON ARAÚJO. </t>
   </si>
   <si>
     <t>10854</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10854/10854_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10854/10854_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO SINPOSPETRO &amp;#8211; SINDICATO DOS EMPREGADOS EM POSTOS DE SERVIÇOS DE COMBUSTÍVEL E DERIVADOS DE PETRÓLEO DE SÃO JOÃO DA BOA VISTA E REGIÃO - SOLICITA AUTORIZAÇÃO PARA O USO DA TRIBUNA LIVRE, COM URGÊNCIA, COM RELAÇÃO A COGITAÇÃO DO FECHAMENTO DO CEREST. </t>
   </si>
   <si>
     <t>10865</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10865/10865_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10865/10865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA SABESP &amp;#8211; ENCAMINHA INFORMAÇÕES RELEVANTES PARA A MONTAGEM E CONSECUÇÃO DAS PEÇAS ORÇAMENTÁRIAS, BEM COMO PARA AS PROGRAMAÇÕES E EXECUÇÕES FINANCEIRAS. </t>
   </si>
   <si>
     <t>10866</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10866/10866_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10866/10866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO DEPARTAMENTO MUNICIPAL DE EDUCAÇÃO &amp;#8211; ENCAMINHA RESPOSTA À INDICAÇÃO Nº 151/2018, DE AUTORIA DO VEREADOR CLAUDINEI DAMALIO. </t>
   </si>
   <si>
     <t>10867</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10867/10867_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10867/10867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DO PODER JUDICIÁRIO - SOLICITA INFORMAÇÕES SE EXISTEM FUNCIONÁRIOS NA CÂMARA MUNICIPAL INTERESSADOS EM PARTICIPAR DO CORPO DE JURADOS. </t>
   </si>
   <si>
     <t>10868</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10868/10868_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10868/10868_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DA CÂMARA MUNICIPAL DE SANTO ANTONIO DO JARDIM &amp;#8211; ENCAMINHA MOÇÃO DE APOIO À INDICAÇÃO DO NOME DO DR. JOAQUIM DE CAMPOS SIMIÃO, PARA DENOMINAR O AEROPORTO DE SÃO JOÃO DA BOA VISTA. </t>
   </si>
   <si>
     <t>10871</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10871/10871_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10871/10871_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIONS CLUBE AGRADECE A PARTICIPAÇÃO DO SENHOR PRESIDENTE NA SEMANA DA PÁTRIA NO ANO DE 2018.</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf</t>
   </si>
   <si>
     <t>DA UNIFAE &amp;#8211; ENCAMINHA OS BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE AGOSTO DE 2.018.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10869/10869_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10869/10869_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMEB NICOLA DOTA AGRADECE A ATENÇÃO PRESTADA AOS ALUNOS DURANTE A VISITA À CÂMARA MUNICIPAL.  </t>
   </si>
   <si>
     <t>10870</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10870/10870_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10870/10870_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO OFÍCIO C. CCM N° 1948/2018</t>
   </si>
   <si>
     <t>10872</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10872/10872_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10872/10872_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROCURADORIA DA REPÚBLICA NO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA ENCAMINHA RESPOSTA AO REQUERIMENTO 238/2018 DE AUTORIA DO VEREADOR LEONILDES CHAVES JUNIOR.</t>
   </si>
   <si>
     <t>10873</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10873/10873_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10873/10873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CÂMARA MUNICIPAL DE AGUAÍ ENCAMINHA MOÇÃO DE REPÚDIO 094/2018 - À PROPOSTA DE AUMENTO SALARIAL DOS MINISTROS DO SUPREMO TRIBUNAL FEDERAL. </t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10893/10893_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10893/10893_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 151/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10894</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10894/10894_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10894/10894_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 144/2018, DE AUTORIA DO VEREADOR JOSÉ EDUARDO DOS REIS. </t>
   </si>
   <si>
     <t>10895</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10895/10895_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10895/10895_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">COMUNICA QUE FOI FIRMADO TERMO DE CONVÊNIO COM A FUNDAÇÃO UNIVERSIDADE VIRTUAL DO ESTADO DE SÃO PAULO </t>
   </si>
   <si>
     <t>10896</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10896/10896_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10896/10896_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ASSOCIAÇÃO DOS ENGENHEIROS, ARQUITETOS E AGRÔNOMOS DE SÃO JOÃO DA BOA VISTA &amp;#8211; ENCAMINHA SUGESTÃO AO PROJETO DE LEI DO PLANO DIRETOR. </t>
   </si>
   <si>
     <t>10897</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10897/10897_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10897/10897_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DO IDOSO &amp;#8211; CONVITE PARA PARTICIPAR DA FESTA ANUAL EM COMEMORAÇÃO AO DIA DO IDOSO, A SER REALIZADA NO DIA 27/09/2018, NO SALÃO DE FESTAS DA IGREJA NOSSA SENHORA DO PERPÉTUO SOCORRO</t>
   </si>
   <si>
     <t>10898</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10898/10898_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10898/10898_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SANTA CASA DE MISERICÓRDIA &amp;#8220;DONA CAROLINA MALHEIROS&amp;#8221; &amp;#8211; ENCAMINHA RESPOSTA AO REQUERIMENTO Nº 164/2018, DE AUTORIA DO VEREADOR LEONILDES CHAVES JÚNIOR. </t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTAPAR ENCAMINHA RELATÓRIO DE ARRECADAÇÃO REFERENTE AO MÊS DE AGOSTO DE 2018</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUSÃO DA TOTALIDADE DA ÁREA DO IMÓVEL MATRÍCULA N° 19038 SÍTIO SÃO JOSÉ NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE SANTA RITA DO PASSA QUATRO - ENCAMINHA MOÇÃO N/ 008/2018</t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE MARÍLIA - CÓPIA DA PROPOSITURA APROVADA</t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE DE SÃO JOÃO DA BOA VISTA ENCAMINHA OFÍCIO DE SOLICITAÇÃO PARA QUE ALTERE A LEI 2.601/09 QUE PREVÊ DESTINAÇÃO DE VERBAS ARRECADADAS PELA ZONA AZUL - ESTAPAR.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
     <t>CORAÇÕES UNIDOS UNIDADE SÃO JOÃO DA BOA VISTA - PROJETO TERAPIA ASSISTIDA POR ANIMAIS (EQUINOS)</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10964/expediente.206.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10964/expediente.206.pdf</t>
   </si>
   <si>
     <t>UNIFAE ENCAMINHA BALANCETES DA DESPESA E DA RECEITA REFERENTE AO MÊS DE SETEMBRO DE 2018.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10965/expediente.207.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10965/expediente.207.pdf</t>
   </si>
   <si>
     <t>TRIBUNAL DE JUSTIÇA DP ESTADO DE SÃO PAULO REFERÊNCIA AO OFÍCIO N° 3282-O/2018</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10966/expediente.208.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10966/expediente.208.pdf</t>
   </si>
   <si>
     <t>Do Ministério Público do Estado de São Paulo – Solicita informações a fim de instruir os autos do Inquérito Civil nº 14.0430.0000224/2018-6, em trâmite nesta Promotoria de Justiça.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10992/expediente.209.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10992/expediente.209.pdf</t>
   </si>
   <si>
     <t>Do CONDERG – Encaminha resposta ao requerimento nº 178/2018, de autoria do Vereador José Eduardo dos Reis.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10993/expediente.210.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10993/expediente.210.pdf</t>
   </si>
   <si>
     <t>Da Associação dos Ciclistas Bikers Mogiana – Encaminha sugestão de alteração ao Projeto de Lei do Plano Diretor.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11015/expediente.211.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11015/expediente.211.pdf</t>
   </si>
   <si>
     <t>SABESP - RESPOSTA AO OFICIO DIVERSO 256/2018</t>
   </si>
   <si>
     <t>11016</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11016/expediente.212.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11016/expediente.212.pdf</t>
   </si>
   <si>
     <t>EMEB PROF. CARVALHO PINTO - ABAIXO-ASSINADO CONTRA O FECHAMENTO DA ESCOLA EM SÃO JOÃO DA BOA VISTA</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11017/expediente.213.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11017/expediente.213.pdf</t>
   </si>
   <si>
     <t>MARCELO DE LUCA MARZOCHI - INFORMA IRREGULARIDADE NO PROJETO DE LEI DO EXECUTIVO N° 108/2018</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11023/expediente.214.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11023/expediente.214.pdf</t>
   </si>
   <si>
     <t>INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS DE SÃO JOÃO DA BOA VISTA ENCAMINHA RESPOSTA AO OFÍCIO 113/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMÁLIO</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11024/expediente.215.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11024/expediente.215.pdf</t>
   </si>
   <si>
     <t>CENTRO DE CONTROLE DE ZOONOZES ENCAMINHA RESPOSTA A OS OFÍCIOS 262 E 263/2018 DE AUTORIA DO VEREADOR CLAUDINEI DAMÁLIO.</t>
   </si>
   <si>
     <t>11033</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11033/expediente.216.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11033/expediente.216.pdf</t>
   </si>
   <si>
     <t>Dos Senhores Joaquim Eugênio Fernandes e José Salomão Fernandes – Encaminha ofício para que seja cancelada a construção da represa, e que a verba de Quarenta Milhões de Reais, seja destinada para pagamento dos débitos e da manutenção da Santa Casa de Misericórdia “Dona Carolina Malheiros”.</t>
   </si>
   <si>
     <t>11034</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11034/expediente.217.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11034/expediente.217.pdf</t>
   </si>
   <si>
     <t>MARCELO DE LUCA MARZOCHI ENCAMINHA OFÍCIO INDICANDO IRREGULARIDADES NO PROJETO DE LEI 108/2018.</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11048/expediente.218.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11048/expediente.218.pdf</t>
   </si>
   <si>
     <t>REPRESENTAÇÃO em face do vereador CLAUDINEI DAMÁLIO - PTB</t>
   </si>
   <si>
     <t>11049</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11049/expediente.219.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11049/expediente.219.pdf</t>
   </si>
   <si>
     <t>Senhor Antonio Carlos Lorette – Presidente da Academia de Letras de São João da Boa Vista, manifesta apoio e parabeniza o Executivo pelo projeto de revitalização do Largo da Estação.</t>
   </si>
   <si>
     <t>11050</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11050/expediente.220.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11050/expediente.220.pdf</t>
   </si>
   <si>
     <t>Estapar (Zona Azul) – Encaminha relatório de arrecadação do mês de setembro de 2018 e suas devidas doações já efetuadas para seus representantes legais.</t>
   </si>
   <si>
     <t>11052</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO FEDERAL -  PROCURADORIA DA REPÚBLICA EM SÃO JOÃO DA BOA VISTA, ENCAMINHA RESPOSTA AO REQUERIMENTO 165/2018 DE AUTORIA DO VEREADOR LEONILDES CHAVES JUNIOR.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11053/expediente.222.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11053/expediente.222.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUDIÊNCIA PÚBLICA PARA ANÁLISE DO PROJETO DE LEI COMPLEMENTAR N° 108/2018.</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11054/expediente.223.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11054/expediente.223.pdf</t>
   </si>
   <si>
     <t>DEPARTAMENTO DE ADMINISTRAÇÃO-SETOR DE CONTRATOS- OFÍCIO REFERENTE AO TERMO DE CONVÊNIO N° 002/2018</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11055/expediente.224.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11055/expediente.224.pdf</t>
   </si>
   <si>
     <t>LISTA TRÍPLICE CONTENDO CANDIDATOS AO DIPLOMA "ATIRADOR DESTAQUE DO ANO"</t>
   </si>
   <si>
     <t>11073</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11073/expediente.225_6FwGOQL.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11073/expediente.225_6FwGOQL.pdf</t>
   </si>
   <si>
     <t>MINISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO PROMOTORIA DE JUSTIÇA DE SÃO JOÃO DA BOA VISTA- OFÍCIO 717/2018 PARA VERIFICAR POSSÍVEIS IRREGULARIDADES NA CONCESSÃO DE BOLSAS DE ESTUDO.</t>
   </si>
   <si>
     <t>11074</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11074/expediente.226.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11074/expediente.226.pdf</t>
   </si>
   <si>
     <t>CONDERG ENCAMINHA CONSOLIDADO ABSENTEÍSMO CONFORME SOLICITADO NA REUNIÃO DO CONSELHO FISCAL EM 01/11/2018</t>
   </si>
   <si>
     <t>11110</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11110/expediente.227.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11110/expediente.227.pdf</t>
   </si>
   <si>
     <t>Da Delegacia Seccional de Polícia de São João da Boa Vista – Comunica que o Of. Gab. nº 81/2018,foi encaminhado à Central de Polícia Judiciária de São João da Boa Vista para que sejam adotadas as providências cabíveis.</t>
   </si>
   <si>
     <t>11077</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11077/expediente.228.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11077/expediente.228.pdf</t>
   </si>
   <si>
     <t>UNIFAE encaminha balancetes da despesa e da receita referente ao mês de outubro de 2018</t>
   </si>
   <si>
     <t>11078</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11078/expediente.229.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11078/expediente.229.pdf</t>
   </si>
   <si>
     <t>CONAM OF-DIR 82/2018</t>
   </si>
   <si>
     <t>11079</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11079/expediente.230.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11079/expediente.230.pdf</t>
   </si>
   <si>
     <t>ROSIANE FELTRAN ENCAMINHA SUGESTÃO A RESPEITO DE CUIDADO COM OS ANIMAIS.</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11124/expediente.231.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11124/expediente.231.pdf</t>
   </si>
   <si>
     <t>MARCOS ALBERTO VIEIRA RELATA PROBLEMAS QUE VEM OCORRENDO NAS DEPENDÊNCIAS DO ESPAÇO AQUÁTICO DO CIC</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11125/expediente.232.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11125/expediente.232.pdf</t>
   </si>
   <si>
     <t>RÁPIDO SUMARÉ- RESPOSTA AO ABAIXO ASSINADO DOS MORADORES DO JARDIM DAS AMOREIRAS</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11126/expediente.233.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11126/expediente.233.pdf</t>
   </si>
   <si>
     <t>COMAD - OFICIO DE AGRADECIMENTO A VEREADORA MARIA CÂNDIDA DE OLIVEIRA COSTA</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11146/expediente.234.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11146/expediente.234.pdf</t>
   </si>
   <si>
     <t>Da Estapar – Encaminha relatório da arrecadação do mês de outubro de 2018e suas devidas doações já efetuadas para suas representantes legais.</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11151/expediente.235.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11151/expediente.235.pdf</t>
   </si>
   <si>
     <t>CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA SOLICITA EMPRÉSTIMO DA SALA DE REUNIÃO NO DIA 29 DE NOVEMBRO DE 2018  ÀS 9:00 DA MANHÃ.</t>
   </si>
   <si>
     <t>11188</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11188/expediente.236.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11188/expediente.236.pdf</t>
   </si>
   <si>
     <t>Da Procuradoria da República no Município de São João da Boa Vista – Encaminha resposta ao Requerimento nº 241/2018, de autoria do Vereador Leonildes Chaves Júnior.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11152/expediente.237.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11152/expediente.237.pdf</t>
   </si>
   <si>
     <t>LIGA SANJOANENSE DE DESPORTOS - CONVITE PARA A CERIMÔNIA DE PREMIAÇÃO DO 18° TROFÉU CREPÚSCULO DE 2.018</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11153/expediente.238.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11153/expediente.238.pdf</t>
   </si>
   <si>
     <t>ABAIXO ASSINADO CONTRA DECRETO N° 5.419 DE 25 DE ABRIL DE 2016</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11154/expediente.239.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11154/expediente.239.pdf</t>
   </si>
   <si>
     <t>Delegacia Seccional de Polícia - Encaminha resposta ao Of. Gab. 81/2018.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11155/expediente.240.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11155/expediente.240.pdf</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAUL - PARECER FAVORÁVEL AS CONTAS DO EXERCÍCIO DO ANO DE 2016.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11156/expediente.241.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11156/expediente.241.pdf</t>
   </si>
   <si>
     <t>CONDERG – Encaminha resposta ao Requerimento nº 237/2018, de autoria do Vereador Leonildes Chaves Júnior.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11157/expediente.242.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11157/expediente.242.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE SINDICÂNCIA- TALITA CRISTIANE MARQUES</t>
   </si>
   <si>
     <t>11189</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11189/expediente.243.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11189/expediente.243.pdf</t>
   </si>
   <si>
     <t>CÂMARA MUNICIPAL DE PIRASSUNUNGA - MOÇÃO DE REPÚDIO DA CÂMARA MUNICIPAL DE PIRASSUNUNGA</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11190/expediente.244.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11190/expediente.244.pdf</t>
   </si>
   <si>
     <t>CONTRATO DE REPASSE 841146/2016</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11191/expediente.245.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11191/expediente.245.pdf</t>
   </si>
   <si>
     <t>CONTRATO DE REPASSE 825647/2015</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11192/expediente.246.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11192/expediente.246.pdf</t>
   </si>
   <si>
     <t>UNIFAE encaminha balancetes da despesa e da receita referente ao mês de novembro/2018</t>
   </si>
   <si>
     <t>11194</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11194/expediente.247.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11194/expediente.247.pdf</t>
   </si>
   <si>
     <t>POLICIA MILITAR DO ESTADO DE SÃO PAULO - RESPOSTA AO REQUERIMENTO N° 248/2018</t>
   </si>
   <si>
     <t>11195</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11195/expediente.248.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11195/expediente.248.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Pirassununga encaminha requerimento 377/2018</t>
   </si>
   <si>
     <t>11196</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11196/expediente.249.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11196/expediente.249.pdf</t>
   </si>
   <si>
     <t>Câmara Municipal de Pirassununga encaminha requerimento 592/2018</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11215/expediente.250.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11215/expediente.250.pdf</t>
   </si>
   <si>
     <t>Do Tribunal de Justiça do Estado de São Paulo – Solicita informações acerca da Lei nº 670/92.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11222/expediente.251.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11222/expediente.251.pdf</t>
   </si>
   <si>
     <t>CONSEG - Conselho Comunitário de Segurança de São João da Boa Vista - Envia sugestões para o plano diretor</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11223/expediente.252.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11223/expediente.252.pdf</t>
   </si>
   <si>
     <t>CAS -  Centro de Assistência Social Perpétuo Socorro - Encaminha sugestões para o plano diretor</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11224/expediente.253.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11224/expediente.253.pdf</t>
   </si>
   <si>
     <t>Criança Casulo - Centro de Atenção à Aprendizagem e ao Comportamento Infantil - encaminha sugestões para o plano diretor</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11225/expediente.254.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11225/expediente.254.pdf</t>
   </si>
   <si>
     <t>CONDEMA apresenta contribuições para o plano diretor</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11235/expediente.255.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11235/expediente.255.pdf</t>
   </si>
   <si>
     <t>MP/SP - Análise da Constitucionalidade da Lei Complementar 4.378 de 23 de Outubro de 2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12229,68 +12229,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10123/10123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10124/10124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10172/10172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10173/10173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10250/10250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10303/10303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10304/10304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10305/10305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10337/10337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10361/10361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10400/10400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10426/10426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10466/10466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10534/10534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10579/10579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10616/10616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10634/10634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10749/10749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10783/10783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10817/10817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10855/10855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10883/10883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10884/10884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11018/pauta_sessao_ordinaria_01.10.2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11019/pauta_sessao_ordinaria_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11020/pauta_sessao_ordinaria_15.10.2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11021/pauta_sessao_ordinaria_22.10.2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11051/pauta_sessao_ordinaria_29.10.2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11216/pauta_sessao_ordinaria_05.11.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11217/pauta_sessao_ordinaria_12.11.2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11218/pauta_sessao_ordinaria_21.11.2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11219/pauta_sessao_ordinaria_26.11.2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11220/pauta_sessao_ordinaria_03.12.2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11221/pauta_sessao_ordinaria_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10033/10033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10034/10034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10035/10035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10036/10036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10037/10037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10038/10038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10067/10067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10068/10068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10069/10069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10070/10070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10071/10071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10072/10072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10073/10073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10076/10076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10077/10077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10078/10078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10080/10080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10125/10125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10126/10126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10127/10127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10128/10128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10147/10147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10149/10149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10150/10150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10151/10151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10184/10184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10185/10185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10215/10215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10216/10216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10217/10217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10277/10277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10278/10278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10279/10279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10280/10280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10281/10281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10306/10306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10307/10307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10308/10308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10309/10309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10362/10362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10363/10363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10427/10427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10465/10465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10494/10494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10497/10497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10517/10517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10518/10518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10519/10519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10520/10520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10521/10521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10522/10522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10553/10553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10554/10554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10555/10555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10577/10577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10635/10635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10636/10636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10637/10637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10638/10638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10639/10639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10640/10640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10669/10669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10670/10670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10671/10671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10672/10672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10673/10673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10674/10674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10675/10675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10676/10676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10688/10688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10689/10689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10696/10696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10697/10697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10699/10699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10720/10720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10721/10721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10760/10760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10761/10761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10810/10810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10811/10811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10812/10812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10813/10813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10814/10814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10815/10815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10816/10816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10856/10856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10875/10875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10877/10877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10885/10885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10886/10886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10918/10918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10919/10919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10920/10920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10921/10921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10944/projeto.104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10945/projeto.105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10946/projeto.106.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10947/projeto.107.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10967/projeto.108.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11012/projeto.109.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11032/projeto.110.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11057/projeto.111.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11058/projeto.112.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11059/projeto.113.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11060/projeto.114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11075/projeto.115.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11076/projeto.116.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11135/projeto.117.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11147/projeto.118.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11148/projeto.119.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11149/projeto.120.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11150/projeto.121_mTj00mB.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11158/projeto.122.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11159/projeto.123.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11160/projeto.124.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11197/projeto.125.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11198/projeto.126.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11227/projeto.127.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11228/projeto.128.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11229/projeto.129.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11230/projeto.130.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11231/projeto.131.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10010/10010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10011/10011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10012/10012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10013/10013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10014/10014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10015/10015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10016/10016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10017/10017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10018/10018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10019/10019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10020/10020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10021/10021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10022/10022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10023/10023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10024/10024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10025/10025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10026/10026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10027/10027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10028/10028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10029/10029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10030/10030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10031/10031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10032/10032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10074/10074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10075/10075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10079/10079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10081/10081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10148/10148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10186/10186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10187/10187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10218/10218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10251/10251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10252/10252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10282/10282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10283/10283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10284/10284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10285/10285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10310/10310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10364/10364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10365/10365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10366/10366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10367/10367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10368/10368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10369/10369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10370/10370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10371/10371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10372/10372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10373/10373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10374/10374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10403/10403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10404/10404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10406/10406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10428/10428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10429/10429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10430/10430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10431/10431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10432/10432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10433/10433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10434/10434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10463/10463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10464/10464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10530/10530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10560/10560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10584/10584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10585/10585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10586/10586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10587/10587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10588/10588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10589/10589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10590/10590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10591/10591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10592/10592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10593/10593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10594/10594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10595/10595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10631/10631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10632/10632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10650/10650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10651/10651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10652/10652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10655/10655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10656/10656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10659/10659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10660/10660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10661/10661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10677/10677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10678/10678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10679/10679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10680/10680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10681/10681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10682/10682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10683/10683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10690/10690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10691/10691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10692/10692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10693/10693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10694/10694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10744/10744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10748/10748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10762/10762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10784/10784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10785/10785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10818/10818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10888/10888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10889/10889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10916/10916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10917/10917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10968/executivo.119.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10969/executivo.120.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10970/executivo.121.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10971/executivo.122.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10972/executivo.123.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10973/executivo.124.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10974/executivo.125.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10975/executivo.126.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10976/executivo.127.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10977/executivo.128.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10978/executivo.129.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10979/executivo.130.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10980/executivo.131.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10981/executivo.132.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10982/executivo.133.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10983/executivo.134.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10984/executivo.135.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10986/executivo.137.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10987/executivo.138.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10988/executivo.139.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10989/executivo.140.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10990/executivo.141.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10991/executivo.142.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11013/executivo.143.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11014/executivo.144.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11022/executivo.145.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11035/executivo.146.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11056/executivo.147.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11080/executivo.148.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11081/executivo.149.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11082/executivo.150.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11111/executivo.151.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11112/executivo.152.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11113/executivo.153.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11114/executivo.154.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11115/executivo.155.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11116/executivo.156.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11117/executivo.157.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11118/executivo.158.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11119/executivo.159.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11120/executivo.160.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11121/executivo.161.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11122/executivo.162.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11123/executivo.163.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11136/executivo.164.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11161/executivo.165.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11162/executivo.166.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11163/executivo.167.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11193/executivo.168.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11226/executivo.169.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11232/executivo.170.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11233/executivo.171.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10004/10004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10006/proj.lei.legislativo.002.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10085/10085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10086/10086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10087/10087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10129/10129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10152/10152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10188/10188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10189/10189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10219/10219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10220/10220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10338/10338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10339/10339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10375/10375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10401/10401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10561/10561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10641/10641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10653/10653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10735/10735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10736/10736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10763/10763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10764/10764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10765/10765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10792/10792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10890/10890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10948/proj.lei.legislativo.028.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11036/proj.lei.legislativo.029.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11037/proj.lei.legistlativo.030.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11038/proj.lei.legislativo.031_pJRtYo5.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11061/proj.lei.legislativo.032.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11164/projeto_de_lei_do_legislativo.33.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11165/projeto_de_lei_do_legislativo.34.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11202/projeto_de_lei_do_legislativo.35.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10005/10005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10376/10376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10435/10435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10552/10552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10596/10596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10618/10618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10654/10654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10766/10766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10837/10837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10838/10838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10891/10891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10994/projeto_de_decreto_legislativo.013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11087/projeto_de_decreto_legislativo.016.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11137/projeto_de_decreto_legislativo.017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11234/projeto_de_decreto_legislativo.018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10221/10221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10222/10222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10223/10223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10258/10258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10436/10436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10492/10492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10562/10562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10767/10767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10793/10793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10857/10857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10874/10874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10892/10892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11166/proj.resolucao.16.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11167/proj.resolucao.17.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10088/10088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10089/10089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10153/10153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10154/10154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10190/10190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10191/10191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10192/10192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10193/10193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10259/10259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10260/10260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10311/10311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10312/10312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10313/10313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10340/10340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10377/10377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10437/10437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10438/10438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10439/10439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10468/10468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10469/10469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10470/10470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10498/10498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10536/10536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10537/10537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10538/10538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10597/10597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10598/10598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10619/10619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10730/10730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10731/10731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10732/10732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10733/10733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10734/10734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10768/10768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10794/10794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10839/10839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10840/10840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10900/10900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10901/10901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10902/10902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10923/10923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10924/10924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10925/10925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10926/10926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10949/mocao.46.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10950/mocao.47.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10996/mocao.49.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10998/mocao.51.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10999/mocao.52.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11001/mocao.54.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11030/mocao.55_txeGIXU.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11031/mocao.56.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11063/mocao.57.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11064/mocao.58.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11083/mocao.60.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11084/mocao.61.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11085/mocao.62.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11086/mocao.63.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11088/mocao.63.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11127/mocao.65.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11128/mocao.66.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11138/mocao.67.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11139/mocao.68.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11140/mocao.69.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11141/mocao.70.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11142/mocao.71.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11168/mocao.72.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11169/mocao.73.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11170/mocao.74.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11171/mocao.75.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11172/mocao.76.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11173/mocao.77.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11199/mocao.78.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11200/mocao.79.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11201/mocao.80.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10090/10090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10091/10091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10092/10092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10093/10093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10095/10095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10130/10130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10131/10131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10132/10132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10133/10133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10134/10134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10135/10135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10136/10136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10137/10137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10155/10155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10156/10156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10157/10157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10158/10158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10159/10159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10194/10194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10195/10195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10196/10196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10197/10197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10198/10198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10199/10199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10200/10200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10201/10201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10202/10202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10203/10203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10204/10204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10205/10205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10224/10224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10225/10225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10226/10226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10227/10227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10228/10228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10229/10229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10230/10230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10231/10231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10261/10261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10262/10262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10263/10263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10264/10264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10265/10265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10266/10266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10267/10267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10268/10268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10269/10269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10270/10270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10271/10271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10286/10286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10287/10287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10288/10288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10314/10314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10315/10315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10316/10316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10317/10317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10318/10318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10319/10319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10320/10320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10321/10321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10341/10341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10342/10342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10343/10343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10344/10344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10345/10345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10346/10346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10378/10378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10379/10379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10380/10380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10381/10381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10382/10382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10407/10407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10408/10408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10409/10409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10410/10410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10411/10411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10412/10412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10413/10413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10414/10414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10415/10415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10416/10416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10417/10417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10418/10418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10419/10419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10420/10420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10421/10421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10440/10440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10441/10441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10442/10442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10443/10443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10444/10444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10445/10445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10446/10446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10471/10471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10472/10472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10473/10473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10474/10474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10499/10499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10500/10500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10510/10510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10511/10511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10512/10512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10539/10539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10540/10540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10541/10541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10542/10542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10543/10543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10563/10563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10564/10564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10565/10565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10599/10599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10600/10600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10601/10601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10602/10602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10603/10603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10604/10604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10605/10605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10606/10606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10607/10607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10608/10608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10609/10609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10620/10620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10621/10621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10642/10642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10643/10643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10644/10644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10719/10719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10722/10722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10723/10723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10769/10769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10795/10795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10796/10796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10797/10797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10798/10798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10799/10799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10800/10800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10819/10819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10820/10820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10821/10821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10822/10822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10823/10823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10846/10846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10847/requerimento.174.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10858/10858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10859/10859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10861/10861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10878/10878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10903/10903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10904/10904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10905/10905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10906/10906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10907/10907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10908/10908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10909/10909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10927/10927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10928/10928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10929/10929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10930/10930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10931/10931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10932/10932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10933/10933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10951/requerimento.201.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10952/requerimento.202.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10953/requerimento.203.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10954/requerimento.204.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10955/requerimento.205.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10956/requerimento.206.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11002/requerimento.207.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11003/requerimento.208.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11004/requerimento.209.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11005/requerimento.210.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11006/requerimento.211.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11008/requerimento.213.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11009/requerimento.214.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11010/requerimento.215.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11025/requerimento.216.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11027/requerimento.218.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11028/requerimento.219.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11029/requerimento.220.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11040/requerimento.221.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11041/requerimento.222.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11042/requerimento.223.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11066/requerimento.224.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11067/requerimento.225.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11068/requerimento.226.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11069/requerimento.227.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11070/requerimento.228.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11071/requerimento.229.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11089/requerimento.230.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11090/requerimento.231.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11091/requerimento.232.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11092/requerimento.233.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11093/requerimento.233.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11094/requerimento.235.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11095/requerimento.236.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11096/requerimento.237.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11097/requerimento.238.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11098/requerimento.239.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11099/requerimento.240.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11100/requerimento.241.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11101/requerimento.242.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11102/requerimento.243.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11103/requerimento.244_Sj8w4aG.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11104/requerimento.245.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11105/requerimento.246.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11129/requerimento.247.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11130/requerimento.248.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11131/requerimento.249.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11132/requerimento.250.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11133/requerimento.251.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11143/requerimento.252.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11144/requerimento.253.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11145/requerimento.254.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11174/requerimento.255.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11175/requerimento.256.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11176/requerimento.257.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11177/requerimento.258.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11178/requerimento.259.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11179/requerimento.260.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11180/requerimento.261.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11181/requerimento.262.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11182/requerimento.263.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11183/requerimento.264.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11184/requerimento.265.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11203/requerimento.266.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11204/requerimento.267.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11205/requerimento.268.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11206/requerimento.269.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11207/requerimento.270.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11208/requerimento.271.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10096/10096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10097/10097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10098/10098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10100/10100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10101/10101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10102/10102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10138/10138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10139/10139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10140/10140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10141/10141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10142/10142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10160/10160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10161/10161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10162/10162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10206/10206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10207/10207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10208/10208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10209/10209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10210/10210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10211/10211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10212/10212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10213/10213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10232/10232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10233/10233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10234/10234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10235/10235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10236/10236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10237/10237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10238/10238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10239/10239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10240/10240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10241/10241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10242/10242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10272/10272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10273/10273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10274/10274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10289/10289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10290/10290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10291/10291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10292/10292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10293/10293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10294/10294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10295/10295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10296/10296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10297/10297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10322/10322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10323/10323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10324/10324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10325/10325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10326/10326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10327/10327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10347/10347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10348/10348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10349/10349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10350/10350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10351/10351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10352/10352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10353/10353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10354/10354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10355/10355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10383/10383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10384/10384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10385/10385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10386/10386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10387/10387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10388/10388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10389/10389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10390/10390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10391/10391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10392/10392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10393/10393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10422/10422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10423/10423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10424/10424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10425/10425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10449/10449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10452/10452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10476/10476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10477/10477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10479/10479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10480/10480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10481/10481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10482/10482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10483/10483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10484/10484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10485/10485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10486/10486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10487/10487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10488/10488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10489/10489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10491/10491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10503/10503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10513/10513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10514/10514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10515/10515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10516/10516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10544/10544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10545/10545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10546/10546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10547/10547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10548/10548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10549/10549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10550/10550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10551/10551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10566/10566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10567/10567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10568/10568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10569/10569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10570/10570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10573/10573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10610/10610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10611/10611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10612/10612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10626/10626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10627/10627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10628/10628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10645/10645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10646/10646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10647/10647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10648/10648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10712/10712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10713/10713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10714/10714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10716/10716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10717/10717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10718/10718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10824/10824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10825/10825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10826/10826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10827/10827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10828/10828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10829/10829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10831/10831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10851/10851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10852/10852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10853/10853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10862/10862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10863/10863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10864/10864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10899/10899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10940/10940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10957/indicacao.171.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10959/indicacao.173.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10960/indicacao.174.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10961/indicacao.175.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10962/indicacao.176.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11011/indicacao.177.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11044/indicacao.179.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11045/indicacao.180.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11046/indicacao.181.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11047/indicacao.182.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11072/indicacao.183.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11106/indicacao.184.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11107/indicacao.185.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11108/indicacao.186.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11109/indicacao.187.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11134/indicacao.188.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11185/indicacao.189.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11186/indicacao.190.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11187/indicacao.191.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11209/indicacao.192.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11210/indicacao.193.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11211/indicacao.194.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11213/indicacao.196.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11214/indicacao.197.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10399/10399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10039/10039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10040/10040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10041/10041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10042/10042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10043/10043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10044/10044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10045/10045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10046/10046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10047/10047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10048/10048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10049/10049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10050/10050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10051/10051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10052/10052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10053/10053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10054/10054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10055/10055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10057/10057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10058/10058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10059/10059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10060/10060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10061/10061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10062/10062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10063/10063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10064/10064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10065/10065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10066/10066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10082/10082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10083/10083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10094/10094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10099/10099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10103/10103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10104/10104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10106/10106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10109/10109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10110/10110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10143/10143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10144/10144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10145/10145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10146/10146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10163/10163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10164/10164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10165/10165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10166/10166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10167/10167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10168/10168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10171/10171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10169/10169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10170/10170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10174/10174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10175/10175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10176/10176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10177/10177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10179/10179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10178/10178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10180/10180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10181/10181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10182/10182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10183/10183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10244/10244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10245/10245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10246/10246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10247/10247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10214/expediente.65_Ebrx558.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10243/10243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10248/10248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10249/10249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10253/10253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10254/10254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10255/10255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10256/10256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10257/10257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10276/10276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10298/10298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10299/10299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10300/10300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10301/10301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10302/10302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10328/10328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10329/10329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10330/10330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10331/10331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10332/10332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10360/10360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10334/10334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10335/10335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10336/10336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10356/10356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10357/10357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10358/10358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10359/10359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10394/10394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10395/10395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10396/10396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10397/10397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10398/10398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10402/10402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10456/10456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10458/10458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10460/10460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10461/10461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10462/10462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10467/10467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10493/10493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10496/10496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10523/10523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10524/10524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10525/10525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10526/10526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10527/10527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10528/10528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10529/10529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10535/10535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10574/10574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10575/10575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10576/10576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10578/10578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10580/10580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10581/10581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10582/10582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10613/10613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10614/10614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10617/10617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10615/10615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10629/10629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10633/10633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10649/10649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10662/10662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10663/10663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10664/10664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10665/10665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10666/10666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10667/10667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10668/10668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10685/10685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10686/10686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10687/10687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10695/10695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10698/10698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10700/10700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10706/10706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10707/10707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10708/10708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10709/10709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10710/10710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10711/10711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10743/10743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10751/10751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10752/expediente.165.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10753/10753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10754/10754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10755/10755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10756/10756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10757/10757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10758/10758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10759/10759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10786/10786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10787/10787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10789/10789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10788/10788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10790/10790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10791/10791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10832/10832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10833/10833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10834/10834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10835/10835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10854/10854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10865/10865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10866/10866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10867/10867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10868/10868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10871/10871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10869/10869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10870/10870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10872/10872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10873/10873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10893/10893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10894/10894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10895/10895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10896/10896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10897/10897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10898/10898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10964/expediente.206.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10965/expediente.207.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10966/expediente.208.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10992/expediente.209.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10993/expediente.210.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11015/expediente.211.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11016/expediente.212.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11017/expediente.213.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11023/expediente.214.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11024/expediente.215.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11033/expediente.216.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11034/expediente.217.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11048/expediente.218.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11049/expediente.219.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11050/expediente.220.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11053/expediente.222.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11054/expediente.223.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11055/expediente.224.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11073/expediente.225_6FwGOQL.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11074/expediente.226.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11110/expediente.227.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11077/expediente.228.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11078/expediente.229.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11079/expediente.230.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11124/expediente.231.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11125/expediente.232.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11126/expediente.233.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11146/expediente.234.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11151/expediente.235.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11188/expediente.236.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11152/expediente.237.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11153/expediente.238.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11154/expediente.239.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11155/expediente.240.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11156/expediente.241.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11157/expediente.242.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11189/expediente.243.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11190/expediente.244.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11191/expediente.245.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11192/expediente.246.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11194/expediente.247.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11195/expediente.248.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11196/expediente.249.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11215/expediente.250.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11222/expediente.251.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11223/expediente.252.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11224/expediente.253.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11225/expediente.254.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11235/expediente.255.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10701/10701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10123/10123_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10124/10124_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10172/10172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10173/10173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10250/10250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10303/10303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10304/10304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10305/10305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10337/10337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10361/10361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10400/10400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10426/10426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10466/10466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10505/10505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10534/10534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10558/10558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10579/10579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10616/10616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10634/10634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10749/10749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10783/10783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10817/10817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10836/10836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10855/10855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10883/10883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10884/10884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11018/pauta_sessao_ordinaria_01.10.2018.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11019/pauta_sessao_ordinaria_08.10.2018.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11020/pauta_sessao_ordinaria_15.10.2018.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11021/pauta_sessao_ordinaria_22.10.2018.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11051/pauta_sessao_ordinaria_29.10.2018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11216/pauta_sessao_ordinaria_05.11.2018.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11217/pauta_sessao_ordinaria_12.11.2018.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11218/pauta_sessao_ordinaria_21.11.2018.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11219/pauta_sessao_ordinaria_26.11.2018.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11220/pauta_sessao_ordinaria_03.12.2018.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11221/pauta_sessao_ordinaria_10.12.2018.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10033/10033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10034/10034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10035/10035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10036/10036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10037/10037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10038/10038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10067/10067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10068/10068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10069/10069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10070/10070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10071/10071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10072/10072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10073/10073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10076/10076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10077/10077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10078/10078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10080/10080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10125/10125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10126/10126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10127/10127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10128/10128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10147/10147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10149/10149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10150/10150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10151/10151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10184/10184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10185/10185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10215/10215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10216/10216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10217/10217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10277/10277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10278/10278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10279/10279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10280/10280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10281/10281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10306/10306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10307/10307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10308/10308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10309/10309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10362/10362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10363/10363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10427/10427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10465/10465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10494/10494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10495/10495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10497/10497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10517/10517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10518/10518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10519/10519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10520/10520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10521/10521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10522/10522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10553/10553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10554/10554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10555/10555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10556/10556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10557/10557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10559/10559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10577/10577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10635/10635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10636/10636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10637/10637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10638/10638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10639/10639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10640/10640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10669/10669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10670/10670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10671/10671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10672/10672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10673/10673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10674/10674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10675/10675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10676/10676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10688/10688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10689/10689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10696/10696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10697/10697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10699/10699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10703/10703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10720/10720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10721/10721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10760/10760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10761/10761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10810/10810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10811/10811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10812/10812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10813/10813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10814/10814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10815/10815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10816/10816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10856/10856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10875/10875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10876/10876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10877/10877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10885/10885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10886/10886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10913/10913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10914/10914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10918/10918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10919/10919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10920/10920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10921/10921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10922/10922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10944/projeto.104.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10945/projeto.105.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10946/projeto.106.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10947/projeto.107.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10967/projeto.108.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11012/projeto.109.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11032/projeto.110.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11057/projeto.111.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11058/projeto.112.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11059/projeto.113.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11060/projeto.114.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11075/projeto.115.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11076/projeto.116.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11135/projeto.117.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11147/projeto.118.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11148/projeto.119.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11149/projeto.120.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11150/projeto.121_mTj00mB.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11158/projeto.122.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11159/projeto.123.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11160/projeto.124.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11197/projeto.125.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11198/projeto.126.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11227/projeto.127.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11228/projeto.128.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11229/projeto.129.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11230/projeto.130.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11231/projeto.131.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10010/10010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10011/10011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10012/10012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10013/10013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10014/10014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10015/10015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10016/10016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10017/10017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10018/10018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10019/10019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10020/10020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10021/10021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10022/10022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10023/10023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10024/10024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10025/10025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10026/10026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10027/10027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10028/10028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10029/10029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10030/10030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10031/10031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10032/10032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10074/10074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10075/10075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10079/10079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10081/10081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10148/10148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10186/10186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10187/10187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10218/10218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10251/10251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10252/10252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10282/10282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10283/10283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10284/10284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10285/10285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10310/10310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10364/10364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10365/10365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10366/10366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10367/10367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10368/10368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10369/10369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10370/10370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10371/10371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10372/10372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10373/10373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10374/10374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10403/10403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10404/10404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10406/10406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10428/10428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10429/10429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10430/10430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10431/10431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10432/10432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10433/10433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10434/10434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10463/10463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10464/10464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10530/10530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10531/10531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10560/10560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10584/10584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10585/10585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10586/10586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10587/10587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10588/10588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10589/10589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10590/10590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10591/10591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10592/10592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10593/10593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10594/10594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10595/10595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10631/10631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10632/10632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10650/10650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10651/10651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10652/10652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10655/10655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10656/10656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10657/10657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10658/10658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10659/10659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10660/10660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10661/10661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10677/10677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10678/10678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10679/10679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10680/10680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10681/10681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10682/10682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10683/10683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10690/10690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10691/10691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10692/10692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10693/10693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10694/10694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10702/10702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10744/10744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10745/10745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10746/10746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10747/10747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10748/10748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10762/10762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10784/10784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10785/10785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10818/10818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10887/10887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10888/10888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10889/10889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10915/10915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10916/10916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10917/10917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10968/executivo.119.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10969/executivo.120.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10970/executivo.121.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10971/executivo.122.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10972/executivo.123.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10973/executivo.124.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10974/executivo.125.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10975/executivo.126.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10976/executivo.127.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10977/executivo.128.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10978/executivo.129.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10979/executivo.130.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10980/executivo.131.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10981/executivo.132.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10982/executivo.133.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10983/executivo.134.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10984/executivo.135.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10986/executivo.137.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10987/executivo.138.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10988/executivo.139.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10989/executivo.140.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10990/executivo.141.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10991/executivo.142.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11013/executivo.143.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11014/executivo.144.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11022/executivo.145.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11035/executivo.146.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11056/executivo.147.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11080/executivo.148.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11081/executivo.149.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11082/executivo.150.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11111/executivo.151.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11112/executivo.152.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11113/executivo.153.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11114/executivo.154.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11115/executivo.155.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11116/executivo.156.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11117/executivo.157.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11118/executivo.158.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11119/executivo.159.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11120/executivo.160.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11121/executivo.161.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11122/executivo.162.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11123/executivo.163.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11136/executivo.164.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11161/executivo.165.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11162/executivo.166.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11163/executivo.167.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11193/executivo.168.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11226/executivo.169.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11232/executivo.170.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11233/executivo.171.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10004/10004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10006/proj.lei.legislativo.002.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10085/10085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10086/10086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10087/10087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10129/10129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10152/10152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10188/10188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10189/10189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10219/10219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10220/10220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10338/10338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10339/10339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10375/10375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10401/10401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10561/10561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10641/10641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10653/10653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10735/10735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10736/10736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10737/10737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10738/10738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10763/10763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10764/10764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10765/10765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10792/10792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10890/10890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10948/proj.lei.legislativo.028.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11036/proj.lei.legislativo.029.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11037/proj.lei.legistlativo.030.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11038/proj.lei.legislativo.031_pJRtYo5.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11061/proj.lei.legislativo.032.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11164/projeto_de_lei_do_legislativo.33.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11165/projeto_de_lei_do_legislativo.34.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11202/projeto_de_lei_do_legislativo.35.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10005/10005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10376/10376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10435/10435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10552/10552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10596/10596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10618/10618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10654/10654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10739/10739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10766/10766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10837/10837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10838/10838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10891/10891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10994/projeto_de_decreto_legislativo.013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11087/projeto_de_decreto_legislativo.016.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11137/projeto_de_decreto_legislativo.017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11234/projeto_de_decreto_legislativo.018.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10221/10221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10222/10222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10223/10223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10258/10258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10436/10436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10492/10492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10562/10562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10684/10684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10704/10704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10767/10767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10793/10793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10857/10857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10874/10874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10892/10892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11166/proj.resolucao.16.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11167/proj.resolucao.17.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10088/10088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10089/10089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10153/10153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10154/10154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10190/10190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10191/10191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10192/10192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10193/10193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10259/10259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10260/10260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10311/10311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10312/10312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10313/10313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10340/10340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10377/10377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10437/10437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10438/10438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10439/10439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10468/10468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10469/10469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10470/10470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10498/10498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10536/10536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10537/10537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10538/10538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10597/10597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10598/10598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10619/10619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10730/10730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10731/10731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10732/10732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10733/10733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10734/10734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10768/10768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10794/10794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10839/10839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10840/10840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10881/10881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10900/10900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10901/10901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10902/10902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10923/10923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10924/10924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10925/10925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10926/10926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10949/mocao.46.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10950/mocao.47.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10996/mocao.49.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10998/mocao.51.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10999/mocao.52.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11001/mocao.54.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11030/mocao.55_txeGIXU.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11031/mocao.56.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11063/mocao.57.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11064/mocao.58.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11083/mocao.60.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11084/mocao.61.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11085/mocao.62.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11086/mocao.63.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11088/mocao.63.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11127/mocao.65.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11128/mocao.66.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11138/mocao.67.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11139/mocao.68.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11140/mocao.69.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11141/mocao.70.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11142/mocao.71.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11168/mocao.72.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11169/mocao.73.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11170/mocao.74.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11171/mocao.75.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11172/mocao.76.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11173/mocao.77.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11199/mocao.78.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11200/mocao.79.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11201/mocao.80.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10090/10090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10091/10091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10092/10092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10093/10093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10095/10095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10130/10130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10131/10131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10132/10132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10133/10133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10134/10134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10135/10135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10136/10136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10137/10137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10155/10155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10156/10156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10157/10157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10158/10158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10159/10159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10194/10194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10195/10195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10196/10196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10197/10197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10198/10198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10199/10199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10200/10200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10201/10201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10202/10202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10203/10203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10204/10204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10205/10205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10224/10224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10225/10225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10226/10226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10227/10227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10228/10228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10229/10229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10230/10230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10231/10231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10261/10261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10262/10262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10263/10263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10264/10264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10265/10265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10266/10266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10267/10267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10268/10268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10269/10269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10270/10270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10271/10271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10286/10286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10287/10287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10288/10288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10314/10314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10315/10315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10316/10316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10317/10317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10318/10318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10319/10319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10320/10320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10321/10321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10341/10341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10342/10342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10343/10343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10344/10344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10345/10345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10346/10346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10378/10378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10379/10379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10380/10380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10381/10381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10382/10382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10407/10407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10408/10408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10409/10409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10410/10410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10411/10411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10412/10412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10413/10413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10414/10414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10415/10415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10416/10416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10417/10417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10418/10418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10419/10419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10420/10420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10421/10421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10440/10440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10441/10441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10442/10442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10443/10443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10444/10444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10445/10445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10446/10446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10447/10447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10471/10471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10472/10472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10473/10473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10474/10474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10499/10499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10500/10500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10501/10501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10502/10502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10508/10508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10509/10509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10510/10510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10511/10511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10512/10512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10539/10539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10540/10540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10541/10541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10542/10542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10543/10543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10563/10563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10564/10564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10565/10565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10599/10599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10600/10600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10601/10601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10602/10602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10603/10603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10604/10604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10605/10605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10606/10606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10607/10607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10608/10608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10609/10609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10620/10620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10621/10621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10622/10622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10623/10623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10624/10624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10625/10625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10642/10642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10643/10643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10644/10644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10719/10719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10722/10722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10723/10723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10724/10724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10725/10725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10726/10726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10727/10727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10728/10728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10729/10729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10769/10769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10770/10770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10771/10771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10772/10772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10773/10773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10774/10774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10775/10775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10795/10795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10796/10796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10797/10797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10798/10798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10799/10799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10800/10800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10801/10801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10802/10802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10803/10803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10804/10804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10805/10805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10819/10819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10820/10820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10821/10821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10822/10822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10823/10823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10841/10841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10842/10842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10843/10843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10844/10844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10845/10845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10846/10846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10847/requerimento.174.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10858/10858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10859/10859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10860/10860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10861/10861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10878/10878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10879/10879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10880/10880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10903/10903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10904/10904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10905/10905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10906/10906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10907/10907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10908/10908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10909/10909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10910/10910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10927/10927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10928/10928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10929/10929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10930/10930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10931/10931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10932/10932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10933/10933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10934/10934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10935/10935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10936/10936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10937/10937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10951/requerimento.201.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10952/requerimento.202.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10953/requerimento.203.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10954/requerimento.204.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10955/requerimento.205.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10956/requerimento.206.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11002/requerimento.207.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11003/requerimento.208.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11004/requerimento.209.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11005/requerimento.210.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11006/requerimento.211.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11008/requerimento.213.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11009/requerimento.214.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11010/requerimento.215.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11025/requerimento.216.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11027/requerimento.218.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11028/requerimento.219.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11029/requerimento.220.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11040/requerimento.221.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11041/requerimento.222.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11042/requerimento.223.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11066/requerimento.224.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11067/requerimento.225.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11068/requerimento.226.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11069/requerimento.227.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11070/requerimento.228.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11071/requerimento.229.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11089/requerimento.230.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11090/requerimento.231.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11091/requerimento.232.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11092/requerimento.233.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11093/requerimento.233.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11094/requerimento.235.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11095/requerimento.236.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11096/requerimento.237.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11097/requerimento.238.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11098/requerimento.239.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11099/requerimento.240.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11100/requerimento.241.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11101/requerimento.242.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11102/requerimento.243.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11103/requerimento.244_Sj8w4aG.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11104/requerimento.245.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11105/requerimento.246.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11129/requerimento.247.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11130/requerimento.248.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11131/requerimento.249.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11132/requerimento.250.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11133/requerimento.251.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11143/requerimento.252.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11144/requerimento.253.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11145/requerimento.254.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11174/requerimento.255.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11175/requerimento.256.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11176/requerimento.257.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11177/requerimento.258.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11178/requerimento.259.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11179/requerimento.260.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11180/requerimento.261.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11181/requerimento.262.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11182/requerimento.263.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11183/requerimento.264.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11184/requerimento.265.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11203/requerimento.266.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11204/requerimento.267.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11205/requerimento.268.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11206/requerimento.269.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11207/requerimento.270.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11208/requerimento.271.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10096/10096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10097/10097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10098/10098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10100/10100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10101/10101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10102/10102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10138/10138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10139/10139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10140/10140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10141/10141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10142/10142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10160/10160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10161/10161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10162/10162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10206/10206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10207/10207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10208/10208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10209/10209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10210/10210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10211/10211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10212/10212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10213/10213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10232/10232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10233/10233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10234/10234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10235/10235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10236/10236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10237/10237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10238/10238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10239/10239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10240/10240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10241/10241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10242/10242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10272/10272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10273/10273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10274/10274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10289/10289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10290/10290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10291/10291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10292/10292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10293/10293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10294/10294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10295/10295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10296/10296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10297/10297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10322/10322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10323/10323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10324/10324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10325/10325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10326/10326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10327/10327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10347/10347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10348/10348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10349/10349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10350/10350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10351/10351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10352/10352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10353/10353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10354/10354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10355/10355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10383/10383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10384/10384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10385/10385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10386/10386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10387/10387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10388/10388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10389/10389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10390/10390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10391/10391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10392/10392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10393/10393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10422/10422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10423/10423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10424/10424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10425/10425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10448/10448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10449/10449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10450/10450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10451/10451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10452/10452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10453/10453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10454/10454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10455/10455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10475/10475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10476/10476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10477/10477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10478/10478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10479/10479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10480/10480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10481/10481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10482/10482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10483/10483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10484/10484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10485/10485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10486/10486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10487/10487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10488/10488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10489/10489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10490/10490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10491/10491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10503/10503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10504/10504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10513/10513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10514/10514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10515/10515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10516/10516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10544/10544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10545/10545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10546/10546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10547/10547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10548/10548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10549/10549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10550/10550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10551/10551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10566/10566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10567/10567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10568/10568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10569/10569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10570/10570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10571/10571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10572/10572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10573/10573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10610/10610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10611/10611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10612/10612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10626/10626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10627/10627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10628/10628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10645/10645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10646/10646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10647/10647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10648/10648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10712/10712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10713/10713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10714/10714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10716/10716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10717/10717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10718/10718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10776/10776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10777/10777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10778/10778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10779/10779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10780/10780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10781/10781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10806/10806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10807/10807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10808/10808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10809/10809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10824/10824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10825/10825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10826/10826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10827/10827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10828/10828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10829/10829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10830/10830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10831/10831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10848/10848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10849/10849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10850/10850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10851/10851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10852/10852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10853/10853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10862/10862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10863/10863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10864/10864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10899/10899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10938/10938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10939/10939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10940/10940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10957/indicacao.171.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10959/indicacao.173.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10960/indicacao.174.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10961/indicacao.175.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10962/indicacao.176.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11011/indicacao.177.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11044/indicacao.179.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11045/indicacao.180.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11046/indicacao.181.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11047/indicacao.182.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11072/indicacao.183.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11106/indicacao.184.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11107/indicacao.185.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11108/indicacao.186.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11109/indicacao.187.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11134/indicacao.188.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11185/indicacao.189.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11186/indicacao.190.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11187/indicacao.191.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11209/indicacao.192.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11210/indicacao.193.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11211/indicacao.194.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11213/indicacao.196.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11214/indicacao.197.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10399/10399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10039/10039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10040/10040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10041/10041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10042/10042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10043/10043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10044/10044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10045/10045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10046/10046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10047/10047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10048/10048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10049/10049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10050/10050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10051/10051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10052/10052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10053/10053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10054/10054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10055/10055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10057/10057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10058/10058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10059/10059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10060/10060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10061/10061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10062/10062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10063/10063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10064/10064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10065/10065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10066/10066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10082/10082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10083/10083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10094/10094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10099/10099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10103/10103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10104/10104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10106/10106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10109/10109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10110/10110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10143/10143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10144/10144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10145/10145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10146/10146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10163/10163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10164/10164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10165/10165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10166/10166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10167/10167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10168/10168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10171/10171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10169/10169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10170/10170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10174/10174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10175/10175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10176/10176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10177/10177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10179/10179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10178/10178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10180/10180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10181/10181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10182/10182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10183/10183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10244/10244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10245/10245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10246/10246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10247/10247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10214/expediente.65_Ebrx558.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10243/10243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10248/10248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10249/10249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10253/10253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10254/10254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10255/10255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10256/10256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10257/10257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10276/10276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10298/10298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10299/10299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10300/10300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10301/10301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10302/10302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10328/10328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10329/10329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10330/10330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10331/10331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10332/10332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10360/10360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10334/10334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10335/10335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10336/10336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10356/10356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10357/10357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10358/10358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10359/10359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10394/10394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10395/10395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10396/10396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10397/10397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10398/10398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10402/10402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10456/10456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10457/10457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10458/10458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10459/10459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10460/10460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10461/10461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10462/10462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10467/10467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10493/10493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10496/10496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10506/10506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10507/10507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10523/10523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10524/10524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10525/10525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10526/10526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10527/10527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10528/10528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10529/10529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10532/10532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10533/10533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10535/10535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10574/10574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10575/10575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10576/10576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10578/10578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10580/10580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10581/10581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10582/10582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10613/10613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10614/10614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10617/10617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10615/10615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10629/10629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10633/10633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10649/10649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10662/10662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10663/10663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10664/10664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10665/10665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10740/10740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10741/10741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10666/10666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10667/10667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10668/10668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10685/10685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10686/10686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10687/10687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10742/10742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10695/10695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10698/10698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10700/10700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10705/10705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10706/10706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10707/10707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10708/10708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10709/10709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10710/10710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10711/10711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10782/10782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10743/10743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10751/10751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10752/expediente.165.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10753/10753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10754/10754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10755/10755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10756/10756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10757/10757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10758/10758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10759/10759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10786/10786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10787/10787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10789/10789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10788/10788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10790/10790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10791/10791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10832/10832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10833/10833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10834/10834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10835/10835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10854/10854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10865/10865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10866/10866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10867/10867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10868/10868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10871/10871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10882/10882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10869/10869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10870/10870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10872/10872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10873/10873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10893/10893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10894/10894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10895/10895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10896/10896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10897/10897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10898/10898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10911/10911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10912/10912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10941/10941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10942/10942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/materialegislativa/2018/10943/10943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10964/expediente.206.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10965/expediente.207.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10966/expediente.208.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10992/expediente.209.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/10993/expediente.210.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11015/expediente.211.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11016/expediente.212.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11017/expediente.213.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11023/expediente.214.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11024/expediente.215.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11033/expediente.216.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11034/expediente.217.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11048/expediente.218.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11049/expediente.219.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11050/expediente.220.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11053/expediente.222.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11054/expediente.223.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11055/expediente.224.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11073/expediente.225_6FwGOQL.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11074/expediente.226.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11110/expediente.227.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11077/expediente.228.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11078/expediente.229.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11079/expediente.230.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11124/expediente.231.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11125/expediente.232.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11126/expediente.233.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11146/expediente.234.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11151/expediente.235.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11188/expediente.236.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11152/expediente.237.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11153/expediente.238.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11154/expediente.239.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11155/expediente.240.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11156/expediente.241.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11157/expediente.242.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11189/expediente.243.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11190/expediente.244.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11191/expediente.245.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11192/expediente.246.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11194/expediente.247.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11195/expediente.248.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11196/expediente.249.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11215/expediente.250.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11222/expediente.251.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11223/expediente.252.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11224/expediente.253.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11225/expediente.254.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2018/11235/expediente.255.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1213"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="193.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>