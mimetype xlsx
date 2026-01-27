--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -81,51 +81,51 @@
 Projeto de Lei nº 010/2020 – Do Executivo – Dispõe sobre a criação de vagas em cargos efetivos no quadro de pessoal do Centro Universitário das Faculdades Associadas de Ensino- FAE, de que trata a Lei nº 217, de 06 de dezembro de 1994, e altera o texto do Inciso II, §2º, Art. 2º, da Lei Municipal nº 1.484, de 14 de janeiro de 2005.</t>
   </si>
   <si>
     <t>13005</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13005/requerimento_urgencia.03.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que  seja dada URGÊNCIA ESPECIAL ao seguinte documento: -_x000D_
 _x000D_
 Projeto de Lei nº 011/2020 – Do Executivo – Acrescenta o §3º ao Artigo 3ºA da Lei nº 1420, de 10 de novembro de 2004, que dispõe sobre o Programa de Auxílio às Indústrias e dá outras providências.   _x000D_
 _x000D_
 Projeto de Lei nº 012/2020 – Do Executivo – Altera os requisitos constantes do Anexo I das Leis nº 4.405 e 4.406, de 20 de dezembro de 2.018, que criaram as Funções Gratificadas de Assessoria, Chefia de Setor e Chefia de Seção/Serviço.</t>
   </si>
   <si>
     <t>13209</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13209/requerimento.urgencia.04.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL aos seguintes documentos: -_x000D_
 _x000D_
 Projeto de Lei nº 027/2020 - Do Executivo_x000D_
 Projeto de Lei nº 028/2020 - Do Executivo _x000D_
 Projeto de Lei Complementar nº 029/2020 - Do Executivo_x000D_
 Projeto de Lei Complementar nº 030/2020 - Do Executivo _x000D_
 Projeto de Lei nº 031/2020 - Do Executivo _x000D_
 Projeto de Lei nº 032/2020 - Do Executivo _x000D_
 Projeto de Lei nº 033/2020 - Do Executivo _x000D_
 Projeto de Lei nº 034/2020 - Do Executivo</t>
   </si>
   <si>
     <t>13210</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13210/requerimento.urgencia.05.pdf</t>
   </si>
@@ -169,102 +169,102 @@
 _x000D_
 - Projeto de Lei nº 039/2020 – Do Executivo– Altera o Anexo II da Lei nº 4.654, de 31 de março de 2020.</t>
   </si>
   <si>
     <t>13229</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13229/requerimento.urgencia.08.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL ao seguinte documento: -_x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 040/2020 - Do Executivo - Dispõe sobre alterações na Lei nº 4.653, de 31 de março de 2020, que autoriza o Centro Universitário das Faculdades Associadas de Ensino - FAE a celebrar convênios, parcerias e demais ajustes congêneres com o Poder Executivo Municipal visando implementar procedimentos formais de combate do COVID-19.</t>
   </si>
   <si>
     <t>13248</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13248/requerimento.urgencia.09.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL ao seguinte documento:-_x000D_
 _x000D_
 _x000D_
 Projeto de Resolução nº 005/2020- Dispõe sobre a realização de reuniões e votações virtuais de Comissões Permanentes, de Sessões Plenárias Ordinárias e Extraordinárias na Câmara Municipal de São João da Boa Vista.</t>
   </si>
   <si>
     <t>13249</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+    <t>Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Professora Can, Professor Claudinei, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13249/requerimento.urgencia.10.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL aos seguintes documentos:-_x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 042/2020 – Do Executivo – Altera o Art. 1º da Lei nº 4.639, de 17 de março de 2020.</t>
   </si>
   <si>
     <t>13250</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13250/requerimento.urgencia.11.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL ao seguinte documento: -_x000D_
 _x000D_
 _x000D_
 Projeto de Lei do legislativo nº 008/2020- de autoria do Vereador Gérson Araújo- Declara zona residencial e comercial a Rua Dilo Gianeli, no Bairro Parque das Nações e Rua Joana G. Magalhães, no Bairro Jardim Yara.</t>
   </si>
   <si>
     <t>13264</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto , Odair Pirinoto, Patrícia Magalhães, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
+    <t>Bira, Claudinho da Prefeitura, Dr. Zé Eduardo, Gérson Araújo, João Anselmo, Moretto, Odair Pirinoto, Patrícia Magalhães, Purga, Rui Nova Onda, Sebastião Neris, Titi, Vick</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13264/requerimento.urgencia.12.pdf</t>
   </si>
   <si>
     <t>Em atenção ao Art. 148, item IV, alínea “C” do Regimento Interno, solicitamos que seja dada URGÊNCIA ESPECIAL ao seguinte documento:-_x000D_
 _x000D_
 _x000D_
 Projeto de Lei nº 041/2020- Do Executivo- Altera a redação do Inciso I do Art. 9º da Lei nº 4.585, de 03 de dezembro de 2019, que dispõe sobre o Período de programação de auditoria._x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 043/2020- Do Executivo- Dispõe sobre a inclusão do § 7º no Artigo 2º da Lei Complementar nº 4207, de 24 de outubro de 2.017_x000D_
 _x000D_
 _x000D_
 Projeto de Lei Complementar nº 044/2020 – Do Executivo – Altera a Lei Complementar nº 4.516, de 20 de agosto de 2.019 que aprova a Política de Desenvolvimento Urbano e o Plano Diretor Estratégico de São João da Boa Vista e dá outras providências</t>
   </si>
   <si>
     <t>13302</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13302/requerimento.urgencia.13.pdf</t>
   </si>
@@ -6513,51 +6513,51 @@
   <si>
     <t>Denomina-se RUA JOSUÉ FRANCISCO CASTILHO, a Rua 02 (dois), do Loteamento Jardim Nova União</t>
   </si>
   <si>
     <t>13570</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13570/proj.lei.legislativo.37.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA JOÃO PEDRO BERALDO (JOE BERALDO), a Rua 08 (Oito), do Loteamento Jardim Nova União.</t>
   </si>
   <si>
     <t>13572</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13572/proj.lei.legislativo.38.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA WALDOMIRO RUY, a Rua Dezenove (19), do Loteamento Jardim Nova União</t>
   </si>
   <si>
     <t>13581</t>
   </si>
   <si>
-    <t xml:space="preserve">Moretto </t>
+    <t>Moretto</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13581/proj.lei.legislativo.39.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA LINDOLFO ROQUE, a Rua Quatro (4), do Loteamento Portal da Aliança II</t>
   </si>
   <si>
     <t>13573</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13573/proj.lei.legislativo.40.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA JUVENAL CIANCALHIO, a Rua Sete (7), do Loteamento Portal da Aliança II</t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
     <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13574/proj.lei.legislativo.41.pdf</t>
   </si>
   <si>
     <t>Denomina-se RUA ANTONIO MORETTO, a Rua Quatorze (14), do Loteamento Jardim Nova União.</t>
   </si>
@@ -14057,51 +14057,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13004/requerimento_urgencia.02.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13005/requerimento_urgencia.03.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13209/requerimento.urgencia.04.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13210/requerimento.urgencia.05.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13218/requerimento.urgencia.06.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13225/requerimento.urgencia.07.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13229/requerimento.urgencia.08.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13248/requerimento.urgencia.09.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13249/requerimento.urgencia.10.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13250/requerimento.urgencia.11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13264/requerimento.urgencia.12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13302/requerimento.urgencia.13.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13315/requerimento.urgencia.14.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13333/requerimento.urgencia.15.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13424/requerimento.urgencia.16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13588/req._urgencia_018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13589/req._urgencia_019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13721/req.urgencia.20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13722/req.urgencia.21.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13723/req.urgencia.22.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13860/requerimento.urgencia.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13904/requerimento.urgencia.24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14071/requerimento.urgencia.25.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14107/requerimento.urgencia.26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14168/requerimento.urgencia.27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14169/requerimento.urgencia.28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14209/requerimento.urgencia.29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14210/requerimento.urgencia.30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14231/requerimento.urgencia.31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14232/requerimento.urgencia.32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14233/requerimento.urgencia.33.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14234/requerimento.urgencia.34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14235/requerimento.urgencia.35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14236/requerimento.urgencia.36.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14237/requerimento.urgencia.37.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12989/pauta_sessao_ordinaria_17.02.2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13011/pauta_sessao_ordinaria_27.02.2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13041/pauta_sessao_ordinaria_02.03.2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13053/pauta_sessao_ordinaria_09.03.2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13110/pauta_sessao_ordinaria_16.03.2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13145/pauta_sessao_ordinaria_23.03.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13217/pauta_sessao_ordinaria_30.03.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13221/pauta_sessao_ordinaria_06.04.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13230/pauta_sessao_ordinaria_13.04.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13247/pauta_sessao_ordinaria_22.04.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13258/pauta_sessao_ordinaria_27.04.2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13301/pauta_sessao_ordinaria_04.05.2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13306/pauta_sessao_ordinaria_11.05.2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13328/pauta_sessao_ordinaria_18.05.2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13360/pauta_sessao_ordinaria_26.05.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13384/pauta_sessao_ordinaria_01.06.2020_-_copia.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13419/pauta_sessao_ordinaria_08.062020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13434/pauta_sessao_ordinaria_15.06.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13462/pauta_sessao_ordinaria_22.06.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13490/pauta_sessao_ordinaria_29.06.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13576/pauta_sessao_ordinaria_03.08.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13642/pauta_sessao_ordinaria_10.08.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13673/pauta_sessao_ordinaria_24.08.2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13717/pauta_sessao_ordinaria_26.08.2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13734/pauta_sessao_ordinaria_31.08.2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13765/pauta_sessao_ordinaria_08.09.2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13804/pauta_sessao_ordinaria_14.09.2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13858/pauta_sessao_ordinaria_21.09.2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13899/pauta_sessao_ordinaria_28.09.2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13945/pauta_sessao_ordinaria_05.10.2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13980/pauta_sessao_ordinaria_13.10.2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14004/pauta_sessao_ordinaria_19.10.2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14041/pauta_sessao_ordinaria_26.10.2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14122/pauta_sessao_ordinaria_03.11.2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14123/pauta_sessao_ordinaria_09.11.2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14124/pauta_sessao_ordinaria_16.11.2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14135/pauta_sessao_ordinaria_23.11.2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14164/pauta_sessao_ordinaria_30.11.2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14185/pauta_sessao_ordinaria_07.12.2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14222/pauta_sessao_ordinaria_14.12.2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12849/projeto.01.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12845/projeto.02.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12846/projeto.03.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12847/projeto.04.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12854/projeto.05.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12950/projeto.06.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12951/projeto.07.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12952/projeto.08.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12953/projeto.09.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12986/projeto.10.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12987/projeto.11.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12988/projeto.12.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13002/projeto.13.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13007/projeto.14.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13008/projeto.15.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13010/projeto.17.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13038/projeto.18.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13039/projeto.19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13040/projeto.20.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13050/projeto.21.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13051/projeto.22.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13052/projeto.23.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13111/projeto.24.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13107/projeto.25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13109/projeto.26.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13142/projeto.27.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13143/projeto.28.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13146/projeto.29.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13147/projeto.30.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13148/projeto.31.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13149/projeto.32.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13150/projeto.33.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13151/projeto.34.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13212/projeto.35.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13213/projeto.36.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13214/projeto.37.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13215/projeto.38.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13219/projeto.39.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13227/projeto.40.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13245/projeto.41.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13246/projeto.42.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13259/projeto.43.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13260/projeto.44.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13298/projeto.45.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13314/projeto.46.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13319/projeto.47.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13378/projeto.48.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13379/projeto.49.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13418/requerimento.urgencia.16.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13454/projeto.51.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13463/projeto.52.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13467/projeto.53.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13516/projeto.54.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13518/projeto.55.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13519/projeto.56.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13523/projeto.57.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13522/projeto.58.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13520/projeto.59.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13521/projeto.60.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13525/projeto.61.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13571/projeto.62.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13585/projeto.63.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13586/projeto.64.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13587/projeto.65.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13598/projeto.66.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13687/projeto.67.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13689/projeto.68.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13700/projeto.69.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13713/projeto.70.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13716/projeto.71.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13846/projeto.72.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13894/projeto.73.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13895/projeto.74.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13984/projeto.75.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14002/projeto.77.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14033/projeto.78.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14058/projeto.79.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14059/projeto.80.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14060/projeto.81.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14068/projeto.82.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14099/projeto.83.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14108/projeto.84.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14112/projeto.85.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14141/projeto.86.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14143/projeto.87.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14150/projeto.88.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14151/projeto.89.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14163/projeto.90.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14175/projeto.91.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14176/projeto.92.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14177/projeto.93.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14190/projeto.95.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14203/projeto.96.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14213/projeto.97.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14214/projeto.98.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14215/projeto.99.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14216/projeto.100.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14217/projeto.101.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14218/projeto.102.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14219/projeto.103.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14226/projeto.104.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14227/projeto.105.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14228/projeto.106.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12844/projeto.01.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13987/projeto.76.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14173/projeto.89.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14174/projeto.92.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12848/of.executivo.01.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12860/of.executivo.02.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12861/of.executivo.03.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12862/of.executivo.04.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12863/of.executivo.05.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12864/of.executivo.06.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12865/of.executivo.07.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12866/of.executivo.08.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12867/of.executivo.09.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12868/of.executivo.10.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12869/of.executivo.11.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12870/of.executivo.12.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12871/of.executivo.13.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12872/of.executivo.14.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12873/of.executivo.15.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12874/of.executivo.16.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12875/of.executivo.17.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12876/of.executivo.18.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12877/of.executivo.19.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12878/of.executivo.20.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12879/of.executivo.21.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12880/of.executivo.22.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12881/of.executivo.23.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12882/of.executivo.24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12883/of.executivo.25.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12884/of.executivo.26.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12885/of.executivo.27.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12886/of.executivo.28.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12887/of.executivo.29.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12888/of.executivo.30.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12889/of.executivo.31.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12890/of.executivo.32.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12891/of.executivo.33.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12892/of.executivo.34.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12893/of.executivo.35.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12894/of.executivo.36.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12895/of.executivo.37.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12896/of.executivo.38.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12897/of.executivo.39.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12898/of.executivo.40.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12899/of.executivo.41.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12900/of.executivo.42.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12901/of.executivo.43.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12902/of.executivo.44.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12903/of.executivo.45.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12904/of.executivo.46.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12905/of.executivo.47.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12906/of.executivo.48.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12907/of.executivo.49.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12908/of.executivo.50.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12909/of.executivo.51.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12910/of.executivo.52.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12911/of.executivo.53.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12912/of.executivo.54.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12913/of.executivo.55.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12914/of.executivo.56.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12915/of.executivo.57.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12916/of.executivo.58.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12917/of.executivo.59.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12918/of.executivo.60.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12919/of.executivo.61.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12920/of.executivo.62.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12921/of.executivo.63.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12923/of.executivo.65.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12924/of.executivo.66.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12925/of.executivo.67.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12926/of.executivo.68.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12927/of.executivo.69.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12928/of.executivo.70.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12929/of.executivo.71.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12930/of.executivo.72.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12931/of.executivo.73.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12932/of.executivo.74.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12933/of.executivo.75.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12934/of.executivo.76.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13003/of.executivo.77.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13012/of.executivo.78.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13013/of.executivo.79.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13054/of.executivo.80.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13055/of.executivo.81.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13152/of.executivo.82.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13153/of.executivo.83.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13154/of.executivo.84.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13155/of.executivo.85.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13156/of.executivo.86.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13157/of.executivo.87.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13158/of.executivo.88.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13159/of.executivo.89.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13160/of.executivo.90.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13161/of.executivo.91.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13162/of.executivo.92.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13163/of.executivo.93.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13164/of.executivo.94.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13165/of.executivo.95.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13166/of.executivo.96.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13167/of.executivo.97.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13168/of.executivo.98.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13169/of.executivo.99.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13170/of.executivo.100.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13171/of.executivo.101.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13172/of.executivo.102.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13173/of.executivo.103.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13174/of.executivo.104.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13175/of.executivo.105.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13176/of.executivo.106.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13177/of.executivo.107.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13178/of.executivo.108.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13179/of.executivo.109.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13180/of.executivo.110.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13181/of.executivo.111.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13182/of.executivo.112.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13183/of.executivo.113.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13184/of.executivo.114.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13185/of.executivo.115.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13220/of.executivo.116.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13231/of.executivo.117.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13232/of.executivo.118.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13233/of.executivo.119.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13234/of.executivo.120.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13235/of.executivo.121.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13236/of.executivo.122.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13237/of.executivo.123.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13238/of.executivo.124.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13239/of.executivo.125.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13240/of.executivo.126.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13241/of.executivo.127.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13242/of.executivo.128.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13243/of.executivo.129.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13265/of.executivo.130.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13266/of.executivo.131.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13267/of.executivo.132.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13268/of.executivo.133.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13269/of.executivo.134.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13270/of.executivo.135.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13271/of.executivo.136.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13272/of.executivo.137.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13273/of.executivo.138.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13274/of.executivo.139.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13275/of.executivo.140.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13276/of.executivo.141.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13277/of.executivo.142.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13278/of.executivo.143.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13279/of.executivo.144.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13280/of.executivo.145.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13281/of.executivo.146.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13282/of.executivo.147.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13283/of.executivo.148.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13284/of.executivo.149.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13285/of.executivo.150.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13286/of.executivo.151.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13287/of.executivo.152.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13288/of.executivo.153.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13289/of.executivo.154.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13290/of.executivo.155.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13291/of.executivo.156.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13305/of.executivo.157.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13316/of.executivo.158.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13334/of.executivo.159_2.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13335/of.ececutivo.160.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13336/of.executivo.161.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13337/of.executivo.162.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13338/of.executivo.163.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13339/of.executivo.164.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13340/of.executivo.165.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13341/of.executivo.166.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13342/of.executivo.167.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13343/of.executivo.168.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13344/of.executivo.169.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13345/of.executivo.170.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13346/of.executivo.171.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13365/of.executivo.172.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13366/of.executivo.173.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13404/of.executivo.175.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13405/of.executivo.176.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13406/of.executivo.177.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13407/of.executivo.178.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13408/of.executivo.179.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13409/of.executivo.180.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13410/of.executivo.181.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13411/of.executivo.182.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13412/of.executivo.183.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13413/of.executivo.184.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13414/of.executivo.185.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13415/of.executivo.186.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13416/of.executivo.187.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13417/of.executivo.188.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13431/of.executivo.189.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13442/of.executivo.190.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13449/of.executivo.191.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13450/of.executivo.192.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13451/of.executivo.193.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13453/oficio_194.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13499/of.executivo.195.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13500/of.executivo.196.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13501/of.executivo.197.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13502/of.executivo.198.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13503/of.executivo.199.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13504/of.executivo.200.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13505/of.executivo.201.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13506/of.executivo.202.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13507/of.executivo.203.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13508/of.executivo.204.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13511/of.executivo.205.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13512/of.executivo.206.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13527/of.executivo.207.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13528/of.executivo.208.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13529/of.executivo.209.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13530/of.executivo.210.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13531/of.executivo.211.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13532/of.executivo.212.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13533/of.executivo.213.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13534/of.executivo.214.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13535/of.executivo.215.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13536/of.executivo.216.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13537/of.executivo.217.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13538/of.executivo.218.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13539/of.executivo.219.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13540/of.executivo.220.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13541/of.executivo.221.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13542/of.executivo.222.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13543/of.executivo.223.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13544/of.executivo.224.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13545/of.executivo.225.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13552/of.executivo.226.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13601/of.executivo.227.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13602/of.executivo.228.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13619/of.executivo.229.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13629/of.executivo.230.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13630/of.executivo.231.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13676/of.executivo.232.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13677/of.executivo.233.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13678/of.executivo.234.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13679/of.executivo.235.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13680/of.executivo.236.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13681/of.executivo.237.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13682/of.executivo.238.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13683/of.executivo.239.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13684/of.executivo.240.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13688/of.executivo.241.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13701/of.executivo.242.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13702/of.executivo.243.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13703/of.executivo.244.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13704/of.executivo.245.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13705/of.executivo.246.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13706/of.executivo.247.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13735/of.executivo.248.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13736/of.executivo.249.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13737/of.executivo.250.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13738/of.executivo.251.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13739/of.executivo.252.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13740/of.executivo.253.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13741/of.executivo.254.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13742/of.executivo.255.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13743/of.executivo.256.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13774/of.executivo.257.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13775/of.executivo.258.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13776/of.executivo.259.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13777/of.executivo.260.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13778/of.executivo.261.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13779/of.executivo.262.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13780/of.executivo.263.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13781/of.executivo.264.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13811/of.executivo.265.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13812/of.executivo.266.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13813/of.executivo.267.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13814/of.executivo.268.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13815/of.executivo.269.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13821/of.executivo.270.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13822/of.executivo.271.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13823/of.executivo.272.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13824/of.executivo.273.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13825/of.executivo.274.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13826/of.executivo.275.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13827/of.executivo.276.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13828/of.executivo.277.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13829/of.executivo.278.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13830/of.executivo.279.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13866/of.executivo.280.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13867/of.executivo.281.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13870/of.executivo.282.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13871/of.executivo.283.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13872/of.executivo.284.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13873/of.executivo.285.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13874/of.executivo.286.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13875/of.executivo.287.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13876/of.executivo.288.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13877/of.executivo.289.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13878/of.executivo.290.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13879/of.executivo.291.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13880/of.executivo.292.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13881/of.executivo.293.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13896/of.executivo.294.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13897/of.executivo.295.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13898/of.executivo.296.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13903/of.executivo.297.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13905/of.executivo.298.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13906/of.executivo.299.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13907/of.executivo.300.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13908/of.executivo.301.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13909/of.executivo.302.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13910/of.executivo.303.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13911/of.executivo.304.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13912/of.executivo.305.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13913/of.executivo.306.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13914/of.executivo.307.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13915/of.executivo.308.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13916/of.executivo.309.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13917/of.executivo.310.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13944/of.executivo.311.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13946/of.executivo.312.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13948/of.executivo.313.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13949/of.executivo.314.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13950/of.executivo.315.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13951/of.executivo.316.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13952/of.executivo.317.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13953/of.executivo.318.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13954/of.executivo.319.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13955/of.executivo.320.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13956/of.executivo.321.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13957/of.executivo.322.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13968/of.executivo.323.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13988/of.executivo.324.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13989/of.executivo.325.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14007/of.executivo.326.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14006/of.executivo.327.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14008/of.executivo.328.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14009/of.executivo.329.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14010/of.executivo.330.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14011/of.executivo.331.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14012/of.executivo.332.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14013/of.executivo.333.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14014/of.executivo.334.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14015/of.executivo.335.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14016/of.executivo.336.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14017/of.executivo.337.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14018/of.executivo.338.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14019/of.executivo.339.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14020/of.executivo.340.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14022/of.executivo.341.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14067/of.executivo.342.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14119/of.executivo.343.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14136/of.executivo.344.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14137/of.executivo.345.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14155/of.executivo.346.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14156/of.executivo.347.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14157/of.executivo.348.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14158/of.executivo.349.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14159/of.executivo.350.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14160/of.executivo.351.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14161/of.executivo.352.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14162/of.executivo.353.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14191/of.executivo.354.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14192/of.executivo.355.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14193/of.executivo.356.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14194/of.executivo.357.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14212/of.executivo.358.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13362/projeto.emenda.01.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12949/proj.lei.legislativo.01.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13014/proj.lei.legislativo.02.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13056/proj.lei.legislativo.03.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13057/proj.lei.legislativo.04.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13126/proj.lei.legislativo.06.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13128/proj.lei.legislativo.08.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13192/proj.lei.legislativo.09.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13261/proj.lei.legislativo.10.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13300/proj.lei.legislativo.11.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13304/proj.lei.legislativo.12.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13324/proj.lei.legislativo.13.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13325/proj.lei.legislativo.14.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13326/proj.lei.legislativo.15.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13331/proj.lei.legislativo.16.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13356/proj.lei.legislativo.17.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13357/proj.lei.legislativo.18.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13374/projeto.lei.legislativo.19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13393/projeto.lei.legislativo.20.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13420/proj.lei.legislativo.21.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13421/proj.lei.legislativo.22.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13422/proj.lei.legislativo.23.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13423/proj.lei.legislativo.24.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13433/pl_25.2020.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13435/proj.lei.legislativo.26.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13436/proj.lei.legislativo.27.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13455/projeto.lei.legislativo.28.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13474/proj.lei.legislativo.29.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13475/proj.lei.legislativo.30.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13489/proj.lei.legislativo.31.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13491/proj.lei.legislativo.32.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13492/proj.lei.legislativo.33.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13563/proj.lei.legislativo.34.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13565/proj.lei.legislativo.35.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13568/proj.lei.legislativo.36.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13570/proj.lei.legislativo.37.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13572/proj.lei.legislativo.38.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13581/proj.lei.legislativo.39.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13573/proj.lei.legislativo.40.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13574/proj.lei.legislativo.41.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13575/proj.lei.legislativo.42.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13577/proj.lei.legislativo.43.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13578/proj.lei.legislativo.44.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13599/proj.lei.legislativo.45.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13604/proj.lei.legislativo.46.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13600/projeto.lei.legislativo.47.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13623/proj.lei.legislativo.48.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13632/proj.lei.legislativo.49.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13633/proj.lei.legislativo.50.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13634/proj.lei.legislativo.51.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13641/proj.lei.legislativo.52.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13643/proj.lei.legislativo.53.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13665/proj.lei.legislativo.54.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13690/proj.lei.legislativo.55.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13697/proj.lei.legislativo.56.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13718/proj.lei.legislativo.57.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13719/proj.lei.legislativo.58.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13724/proj.lei.legislativo.59.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13725/proj.lei.legislativo.60.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13746/proj.lei.legislativo.61.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13771/proj.lei.legislativo.62.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13782/proj.lei.legislativo.63.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13817/proj.lei.legislativo.64.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13844/proj.lei.legislativo.65.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13857/proj.lei.legislativo.66.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13861/proj.lei.legislativo.67.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13900/proj.lei.legislativo.68.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13921/proj.lei.legislativo.69.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13922/proj.lei.legislativo.70.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13963/proj.lei.legislativo.71.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13969/proj.lei.legislativo.72.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14005/proj.lei.legislativo.73.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14061/projeto.lei.legislativo.75.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14089/proj.lei.legislativo.76.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14090/proj.lei.legislativo.77.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14109/proj.lei.legislativo.78.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14113/proj.lei.legislativo.79.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14130/proj.lei.legislativo.80.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14131/proj.lei.legislativo.81.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14153/proj.lei.legislativo.82.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14165/proj.lei.legislativo.83.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14184/proj.lei.legislativo.84.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12948/projeto.decreto.legislativo.01.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13059/projeto.decreto.legislativo.02.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13060/projeto.decreto.legislativo.03.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13194/projeto.decreto.legislativo.04.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13251/projeto.decreto.legislativo.05.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13351/projeto.decreto.legislativo.06.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13373/proj.decreto.legislativo.07.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13465/projeto.decreto.legislativo.8.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13466/projeto.decreto.legislativo.9.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13569/projeto.decreto.legislativo.10.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13666/projeto.decreto.legislativo.11.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13694/projeto.decreto.legislativo.12.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13726/projeto.decreto.legislativo.13.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13809/projeto.decreto.legislativo.14.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13842/projeto.decreto.legislativo.15.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13843/projeto.decreto.legislativo.16.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14100/projeto.decreto.legislativo.17.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14101/projeto.decreto.legislativo.18.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14138/projeto.decreto.legislativo.19.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14142/projeto.decreto.legislativo.20.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14182/projeto.decreto.legislativo.21.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14230/projeto.decreto.legislativo.22.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13186/proj.resolucao.03.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13187/proj.resolucao.04.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13647/proj.resolucao.06.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13648/proj.resolucao.07.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13698/proj.resolucao.08.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13859/proj.resolucao.09.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14206/proj.resolucao.10.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14221/proj.resolucao.11.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13590/of.vereador.01.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13591/of.vereador.02.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13592/of.vereador.03.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13593/of.vereador.04.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13594/of.vereador.05.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13595/of.vereador.07.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13596/of.vereador.08.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13597/oficio_pres._009.2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13696/of.vereador.10.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13770/of.vereador.11.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13947/of.vereador.12.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14126/of.vereador.13.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14187/of.vereador.14.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14494/of.vereador.15.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12945/mocao.01.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12946/mocao.02.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12947/mocao.03.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12970/mocao.04.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12971/mocao.05.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12972/mocao.06.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13015/mocao.07.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13016/mocao.08.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13017/mocao.09.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13042/mocao.12.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13043/mocao.13.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13044/mocao.14.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13062/mocao.15.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13063/mocao.16.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13064/mocao.17.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13112/mocao.18.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13190/mocao.21.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13226/mocao.22.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13292/mocao.23.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13293/mocao.24.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13327/mocao.25.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13352/mocao.26.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13358/mocao.27.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13359/mocao.28.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13382/mocao.29.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13392/mocao.30.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13427/mocao.31.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13428/mocao.32.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13429/mocao.33.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13430/mocao.34.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13443/mocao.35.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13469/mocao.36.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13470/mocao.37.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13471/mocao.38.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13472/mocao.39.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13473/mocao.40.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13476/mocao.41.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13494/mocao.42.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13564/mocao.43.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13566/mocao.44.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13567/mocao.45.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13562/mocao.46.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13605/mocao.47.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13607/mocao.48.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13608/mocao.49.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13615/mocao.50.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13609/mocao.51.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13610/mocao.52.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13612/mocao.53.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13611/mocao.54.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13614/mocao.55.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13616/mocao.56.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13617/mocao.57.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13652/mocao.58.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13653/mocao.59.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13654/mocao.60.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13708/mocao.61.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13709/mocao.62.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13710/mocao.63.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13714/mocao.64.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13715/mocao.65.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13747/mocao.66.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13748/mocao.67.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13749/mocao.68.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13766/mocao.69.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13767/mocao.70.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13784/mocao.71.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13783/mocao.72.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13785/mocao.73.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13786/mocao.74.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13787/mocao.75.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13788/mocao.76.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13818/mocao.77.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13819/mocao.78.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13820/mocao.79.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13831/mocao.80.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13837/mocao.82.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13856/mocao.82.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13863/mocao.83.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13888/mocao.84.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13938/mocao.85.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13939/mocao.86.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13940/mocao.87.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13941/mocao.88.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13942/mocao.89.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13943/mocao.90.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13964/mocao.91.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13965/mocao.92.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13966/mocao.93.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13976/mocao.94.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13983/mocao.95.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13998/mocao.96.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14025/mocao.97.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14026/mocao.98.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14028/mocao.99.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14029/mocao.100.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14030/mocao.101.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14053/mocao.102.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14054/mocao.103.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14096/mocao.104.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14097/mocao.105.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14114/mocao.106.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14115/mocao.107.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14120/mocao.108.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14139/mocao.109.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14132/mocao.110.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14166/mocao.111.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14179/mocao.112.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14180/mocao.113.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14189/mocao.114.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12935/requerimento.01.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12936/requerimento.02.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12937/requerimento.03.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12938/requerimento.04.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12939/requerimento.05.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12940/requerimento.06.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12958/requerimento.08.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12959/requerimento.09.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12960/requerimento.10.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12961/requerimento.11.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12962/requerimento.12.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12963/requerimento.13.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12964/requerimento.14.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12965/requerimento.15.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12966/requerimento.16.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12967/requerimento.17.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12968/requerimento.18.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12969/requerimento.19.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12983/requerimento.20.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12984/requerimento.21.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12985/requerimento.22.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13020/requerimento.23.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13021/requerimento.24.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13022/requerimento.25.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13024/requerimento.27.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13025/requerimento.28.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13026/requerimento.29.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13027/requerimento.30.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13028/requerimento.31.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13029/requerimento.32.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13030/requerimento.33.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13031/requerimento.34.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13045/requerimento.35.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13046/requerimento.36.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13047/requerimento.37.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13048/requerimento.38.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13065/requerimento.39.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13066/requerimento.40.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13067/requerimento.41.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13068/requerimento.42.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13069/requerimento.43.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13070/requerimento.44.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13071/requerimento.45.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13072/requerimento.46.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13073/requerimento.47.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13074/requerimento.48.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13078/requerimento.52.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13081/requerimento.55.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13082/requerimento.56.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13083/requerimento.57.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13084/requerimento.58.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13085/requerimento.59.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13086/requerimento.60.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13087/requerimento.61.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13088/requerimento.62.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13089/requerimento.63.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13090/requerimento.64.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13091/requerimento.65.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13092/requerimento.66.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13093/requerimento.67.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13094/requerimento.68.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13095/requerimento.69.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13096/requerimento.70.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13097/requerimento.71.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13113/requerimento.72.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13114/requerimento.73.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13115/requerimento.74.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13116/requerimento.75.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13117/requerimento.76.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13118/requerimento.77.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13119/requerimento.78.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13120/requerimento.79.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13121/requerimento.80.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13122/requerimento.81.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13123/requerimento.82.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13124/requerimento.83.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13125/requerimento.84.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13191/requerimento.85.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13193/requerimento.86.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13195/requerimento.87.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13196/requerimento.88.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13197/requerimento.89.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13198/requerimento.90.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13199/requerimento.91.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13200/requerimento.92.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13222/requerimento.93.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13223/requerimento.94.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13228/requerimento.95.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13244/requerimento.96.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13252/requerimento.97.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13253/requerimento.98.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13254/requerimento.99.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13255/requerimento.100.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13256/requerimento.101.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13257/requerimento.102.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13262/requerimento.103.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13263/requerimento.104.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13294/requerimento.105.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13296/requerimento.107.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13297/requerimento.108.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13299/requerimento.109.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13307/requerimento.110.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13308/requerimento.111.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13309/requerimento.112.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13310/requerimento.113.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13311/requerimento.114.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13312/requerimento.115.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13321/requerimento.117.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13323/requerimento.118.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13329/requerimento.119.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13330/requerimento.120.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13353/requerimento.121.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13354/requerimento.122.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13355/requerimento.123.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13363/requerimento.124.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13364/requerimento.125.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13385/requerimento.126.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13386/requerimento.127.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13387/requerimento.127.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13388/requerimento.129.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13389/requerimento.130.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13390/requerimento.131.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13394/requerimento.132.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13396/requerimento.133.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13397/requerimento.134.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13426/requerimento.135.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13437/requerimento.136.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13444/requerimento.137.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13445/requerimento.138.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13446/requerimento.139.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13457/requerimento.140.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13458/requerimento.141.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13459/requerimento.142.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13460/requerimento.143.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13461/requerimento.144.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13468/requerimento.145.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13477/requerimento.146.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13478/requerimento.147.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13479/requerimento.148.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13480/requerimento.149.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13481/requerimento.150.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13482/requerimento.151.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13483/requerimento.152.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13582/requerimento.153.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13583/requerimento.154.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13584/requerimento.155.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13546/requerimento.156.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13547/requerimento.157.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13549/requerimento.158.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13550/requerimento.159.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13558/requerimento.160.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13559/requerimento.161.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13556/requerimento.162.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13557/requerimento.163.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13560/requerimento.164.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13561/requerimento.165.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13579/requerimento.166.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13580/requerimento.167.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13606/requerimento.168.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13613/requerimento.169.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13620/requerimento.170.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13624/requerimento.171.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13625/requerimento.172.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13627/requerimento.173.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13626/requerimento.174.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13635/requerimento.175.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13637/requerimento.176.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13644/requerimento.177.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13640/requerimento.178.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13645/requerimento.179.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13646/requerimento.180.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13656/requerimento.181.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13657/requerimento.182.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13658/requerimento.183.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13663/requerimento.184.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13664/requerimento.185.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13667/requerimento.186.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13668/requerimento.187.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13669/requerimento.188.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13670/requerimento.189.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13671/requerimento.190.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13685/requerimento.191.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13691/requerimento.192.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13692/requerimento.193.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13693/requerimento.194.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13695/requerimento.195.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13699/requerimento.196.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13707/requerimento.197.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13720/requerimento.198.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13727/requerimento.199.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13728/requerimento.200.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13729/requerimento.201.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13730/requerimento.202.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13731/requerimento.203.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13732/requerimento.204.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13745/requerimento.205.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13744/requerimento.206.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13750/requerimento.207.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13751/requerimento.208.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13761/requerimento.210.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13758/requerimento.212.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13762/requerimento.213.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13759/requerimento.214.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13763/requerimento.215.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13772/requerimento.216.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13760/requerimento.217.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13764/requerimento.218.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13768/requerimento.219.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13769/requerimento.220.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13789/requerimento.221.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13790/requerimento.222.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13791/requerimento.223.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13792/requerimento.224.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13796/requerimento.225.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13794/requerimento.226.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13795/requerimento.227.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13797/requerimento.228.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13798/requerimento.229.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13799/requerimento.230.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13802/requerimento.231.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13803/requerimento.232.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13805/requerimento.233.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13810/requerimento.234.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13816/requerimento.235.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13845/requerimento.236.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13841/requerimento.237.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13839/requerimento.238.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13840/requerimento.239.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13832/requerimento.240.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13833/requerimento.241.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13834/requerimento.242.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13835/requerimento.243.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13849/requerimento.244.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13850/requerimento.245.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13847/requerimento.246.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13848/requerimento.247.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13851/requerimento.248.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13862/requerimento.249.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13884/requerimento.250.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13883/requerimento.251.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13885/requerimento.252.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13886/requerimento.253.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13887/requerimento.254.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13889/requerimento.255.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13890/requerimento.256.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13891/requerimento.257.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13892/requerimento.258.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13893/requerimento.259.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13901/requerimento.260.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13918/requerimento.261.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13919/requerimento.262.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13920/requerimento.263.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13923/requerimento.264.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13926/requerimento.265.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13927/requerimento.266.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13931/requerimento.267.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13932/requerimento.268.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13934/requerimento.269.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13936/requerimento.270.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13935/requerimento.271.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13937/requerimento.272.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13959/requerimento.273.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13960/requerimento.274.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13961/requerimento.275.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13962/requerimento.276.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13967/requerimento.277.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13972/requerimento.278.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13973/requerimento.279.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13974/requerimento.280.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13975/requerimento.281.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13978/requerimento.282.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13979/requerimento.283.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13985/requerimento.284.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13981/requerimento.285.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13982/requerimento.286.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13991/requerimento.287.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13996/requerimento.288.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13997/requerimento.289.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13999/requerimento.290.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14001/requerimento.291.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14003/requerimento.292.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14023/requerimento.293.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14024/requerimento.294.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14034/requerimento.295.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14035/requerimento.296.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14031/requerimento.297.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14032/requerimento.298.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14036/requerimento.299.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14038/requerimento.300.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14037/requerimento.301.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14039/requerimento.302.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14040/requerimento.303.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14042/requerimento.304.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14044/requerimento.305.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14045/requerimento.306.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14046/requerimento.307.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14047/requerimento.308.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14048/requerimento.309.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14062/requerimento.310.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14063/requerimento.311.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14064/requerimento.312.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14065/requerimento.313.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14066/requerimento.314.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14072/requerimento.315.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14073/requerimento.316.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14074/requerimento.317.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14075/requerimento.318.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14076/requerimento.319.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14077/requerimento.320.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14078/requerimento.321.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14079/requerimento.322.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14080/requerimento.323.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14081/requerimento.324.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14082/requerimento.325.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14083/requerimento.326.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14084/requerimento.327.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14085/requerimento.328.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14086/requerimento.329.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14087/requerimento.330.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14105/requerimento.331.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14102/requerimento.332.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14103/requerimento.333.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14110/requerimento.334.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14117/requerimento.335.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14125/requerimento.336.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14118/requerimento.337.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14128/requerimento.338.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14133/requerimento.339.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14144/requerimento.340.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14145/requerimento.341.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14146/requerimento.342.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14147/requerimento.343.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14148/requerimento.344.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14152/requerimento.345.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14181/requerimento.346.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14183/requerimento.347.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14204/requerimento.348.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14205/requerimento.349.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14207/requerimento.350.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14208/requerimento.351.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14225/requerimento.352.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14229/requerimento.353.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12941/indicacao.01.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12942/indicacao.02.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12943/indicacao.03.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12944/indicacao.04.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12990/indicacao.05.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12991/indicacao.06.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12992/indicacao.07.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12993/indicacao.08.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12994/indicacao.09.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13032/indicacao.10.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13033/indicacao.11.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13034/indicacao.12.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13035/indicacao.13.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13036/indicacao.14.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13098/indicacao.15.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13099/indicacao.16.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13100/indicacao.17.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13101/indicacao.18.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13102/indicacao.19.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13103/indicacao.20.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13129/indicacao.21.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13130/indicacao.22.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13131/indicacao.23.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13132/indicacao.24.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13133/indicacao.25.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13134/indicacao.26.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13135/indicacao.27.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13136/indicacao.28.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13137/indicacao.29.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13201/indicacao.30.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13202/indicacao.31.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13203/indicacao.32.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13204/indicacao.33.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13205/indicacao.34.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13322/indicacao.35.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13347/indicacao.36.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13348/indicacao.37.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13349/indicacao.38.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13350/indicacao.39.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13375/indicacao.40.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13376/indicacao.41.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13377/indicacao.42.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13395/indicacao.43.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13398/indicacao.44.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13399/indicacao.45.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13400/indicacao.46.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13401/indicacao.47.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13438/indicacao.48.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13439/indicacao.49.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13440/indicacao.50.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13456/indicacao.51.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13484/indicacao.52.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13485/indicacao.53.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13486/indicacao.54.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13487/indicacao.55.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13488/indicacao.56.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13548/indicacao.57.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13659/indicacao.58.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13660/indicacao.59.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13661/indicacao.60.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13662/indicacao.61.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13733/indicacao.62.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13773/indicacao.63.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13793/indicacao.64.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13807/indicacao.65.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13838/indicacao.66.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13836/indicacao.67.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13852/indicacao.68.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13853/indicacao.69.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13854/indicacao.70.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13855/indicacao.71.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13928/indicacao.72.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13929/indicacao.73.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13930/indicacao.74.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13933/indicacao.75.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13977/indicacao.76.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14050/indicacao.77.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14057/indicacao.78.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14134/indicacao.79.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12850/expediente.8.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12851/expediente.9.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12852/expediente.10.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12853/expediente.11.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12855/expediente.13.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12856/expediente.14.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12857/expediente.15.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12858/expediente.16.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12954/expediente.17.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12859/expediente.18.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12955/expediente.19.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12956/expediente.20.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12980/expediente.21.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/12982/expediente.22.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13001/expediente.23.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13037/expediente.24.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13049/expediente.25.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13104/expediente.26.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13105/expediente.27.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13106/expediente.28.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13108/expediente.29.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13138/expediente.30.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13139/expediente.31.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13140/expediente.32.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13141/expediente.33.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13144/expediente.34.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13206/expediente.35.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13207/expediente.36.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13208/expediente.37.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13211/expediente.38.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13224/expediente.39.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13317/expediente.41.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13318/expediente.42.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13332/expediente.43.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13367/expediente.44.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13368/expediente.45.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13369/expediente.46.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13370/expediente.47.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13371/expediente.48.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13372/expediente.49.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13391/expediente.50.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13383/expediente.51.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13402/of.expediente.52.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13403/expediente.53.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13425/expediente.54.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13432/expediente.55.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13441/expediente.56.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13447/expediente.57.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13448/expediente.58.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13452/expediente.59.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13464/expediente.60.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13493/expediente.61.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13495/expediente.62.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13496/expediente.63.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13497/expediente.64.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13498/expediente.65.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13509/expediente.66.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13513/expediente.68.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13514/expediente.69.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13515/expediente.70.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13517/expediente.71.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13524/expediente.72.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13551/expediente.73.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13554/expediente.74.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13553/expediente.75.pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13555/expediente.76.pdf" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13603/expediente.77.pdf" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13618/expediente.78.pdf" TargetMode="External"/><Relationship Id="rId1297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13621/expediente.79.pdf" TargetMode="External"/><Relationship Id="rId1298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13622/expediente.80.pdf" TargetMode="External"/><Relationship Id="rId1299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13628/expediente.81.pdf" TargetMode="External"/><Relationship Id="rId1300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13631/expediente.82.pdf" TargetMode="External"/><Relationship Id="rId1301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13636/expediente.83.pdf" TargetMode="External"/><Relationship Id="rId1302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13638/expediente.84.pdf" TargetMode="External"/><Relationship Id="rId1303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13639/expediente.85.pdf" TargetMode="External"/><Relationship Id="rId1304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13712/expediente.86.pdf" TargetMode="External"/><Relationship Id="rId1305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13650/expediente.87.pdf" TargetMode="External"/><Relationship Id="rId1306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13651/expediente.88.pdf" TargetMode="External"/><Relationship Id="rId1307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13655/expediente.89.pdf" TargetMode="External"/><Relationship Id="rId1308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13672/expediente.90.pdf" TargetMode="External"/><Relationship Id="rId1309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13674/expediente.91.pdf" TargetMode="External"/><Relationship Id="rId1310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13675/expediente.92.pdf" TargetMode="External"/><Relationship Id="rId1311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13686/expediente.93.pdf" TargetMode="External"/><Relationship Id="rId1312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13711/expediente.94.pdf" TargetMode="External"/><Relationship Id="rId1313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13753/expediente.95.pdf" TargetMode="External"/><Relationship Id="rId1314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13754/expediente.96.pdf" TargetMode="External"/><Relationship Id="rId1315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13756/expediente.97.pdf" TargetMode="External"/><Relationship Id="rId1316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13800/expediente.99.pdf" TargetMode="External"/><Relationship Id="rId1317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13801/expediente.99.pdf" TargetMode="External"/><Relationship Id="rId1318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13806/expediente.100.pdf" TargetMode="External"/><Relationship Id="rId1319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13808/expediente.101.pdf" TargetMode="External"/><Relationship Id="rId1320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13864/expediente.102.pdf" TargetMode="External"/><Relationship Id="rId1321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13865/expediente.103.pdf" TargetMode="External"/><Relationship Id="rId1322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13882/expediente.104.pdf" TargetMode="External"/><Relationship Id="rId1323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13924/of.expediente.105.pdf" TargetMode="External"/><Relationship Id="rId1324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13925/of.expediente.106.pdf" TargetMode="External"/><Relationship Id="rId1325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13958/expediente.107.pdf" TargetMode="External"/><Relationship Id="rId1326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13970/expediente.108.pdf" TargetMode="External"/><Relationship Id="rId1327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13971/expediente.109.pdf" TargetMode="External"/><Relationship Id="rId1328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13986/expediente.110.pdf" TargetMode="External"/><Relationship Id="rId1329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13990/expediente.111.pdf" TargetMode="External"/><Relationship Id="rId1330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13992/expediente.112.pdf" TargetMode="External"/><Relationship Id="rId1331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13993/expediente.113.pdf" TargetMode="External"/><Relationship Id="rId1332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13994/expediente.114.pdf" TargetMode="External"/><Relationship Id="rId1333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/13995/expediente.115.pdf" TargetMode="External"/><Relationship Id="rId1334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14000/expediente.116.pdf" TargetMode="External"/><Relationship Id="rId1335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14021/expediente.117.pdf" TargetMode="External"/><Relationship Id="rId1336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14043/expediente.118.pdf" TargetMode="External"/><Relationship Id="rId1337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14051/expediente.119.pdf" TargetMode="External"/><Relationship Id="rId1338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14052/expediente.120.pdf" TargetMode="External"/><Relationship Id="rId1339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14055/expediente.121.pdf" TargetMode="External"/><Relationship Id="rId1340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14069/expediente.122.pdf" TargetMode="External"/><Relationship Id="rId1341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14070/expediente.123.pdf" TargetMode="External"/><Relationship Id="rId1342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14088/expediente.124.pdf" TargetMode="External"/><Relationship Id="rId1343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14092/expediente.126.pdf" TargetMode="External"/><Relationship Id="rId1345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14093/expediente.127.pdf" TargetMode="External"/><Relationship Id="rId1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14094/expediente.128.pdf" TargetMode="External"/><Relationship Id="rId1347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14095/expediente.129.pdf" TargetMode="External"/><Relationship Id="rId1348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14106/expediente.130.pdf" TargetMode="External"/><Relationship Id="rId1349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14111/expediente.131.pdf" TargetMode="External"/><Relationship Id="rId1350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14116/expediente.132.pdf" TargetMode="External"/><Relationship Id="rId1351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14121/expediente.133.pdf" TargetMode="External"/><Relationship Id="rId1352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14127/expediente.134.pdf" TargetMode="External"/><Relationship Id="rId1353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14129/expediente.135.pdf" TargetMode="External"/><Relationship Id="rId1354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14140/expediente.136.pdf" TargetMode="External"/><Relationship Id="rId1355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14149/expediente.137.pdf" TargetMode="External"/><Relationship Id="rId1356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14154/expediente.138.pdf" TargetMode="External"/><Relationship Id="rId1357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14167/expediente.139.pdf" TargetMode="External"/><Relationship Id="rId1358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14170/expediente.140.pdf" TargetMode="External"/><Relationship Id="rId1359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14171/expediente.141.pdf" TargetMode="External"/><Relationship Id="rId1360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14172/expediente.142.pdf" TargetMode="External"/><Relationship Id="rId1361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14186/expediente.143.pdf" TargetMode="External"/><Relationship Id="rId1362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14195/expediente.144.pdf" TargetMode="External"/><Relationship Id="rId1363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14196/expediente.145.pdf" TargetMode="External"/><Relationship Id="rId1364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14197/expediente.146.pdf" TargetMode="External"/><Relationship Id="rId1365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14198/expediente.147.pdf" TargetMode="External"/><Relationship Id="rId1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14199/expediente.148.pdf" TargetMode="External"/><Relationship Id="rId1367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14200/expediente.149.pdf" TargetMode="External"/><Relationship Id="rId1368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14201/expediente.150.pdf" TargetMode="External"/><Relationship Id="rId1369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14202/expediente.151.pdf" TargetMode="External"/><Relationship Id="rId1370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14211/expediente.152.pdf" TargetMode="External"/><Relationship Id="rId1371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14220/expediente.153.pdf" TargetMode="External"/><Relationship Id="rId1372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14223/expediente.154.pdf" TargetMode="External"/><Relationship Id="rId1373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/materialegislativa/2020/14224/expediente.155.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1374"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="183.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="183" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="124.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>