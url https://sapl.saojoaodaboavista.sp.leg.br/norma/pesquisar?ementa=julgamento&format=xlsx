--- v0 (2025-10-23)
+++ v1 (2026-03-16)
@@ -48,492 +48,492 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>11805</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>DLG</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2025/11805/decreto.legislativo.30.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2025/11805/decreto.legislativo.30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista referente ao exercício de 2.023.</t>
   </si>
   <si>
     <t>11608</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11608/resolucao.22.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11608/resolucao.22.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Finanças e Orçamento - Dispõe sobre o julgamento das Contas da Câmara Municipal de São João da Boa Vista referente ao exercício de 2023.</t>
   </si>
   <si>
     <t>11548</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11548/decreto.legislativo.30.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11548/decreto.legislativo.30.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista referente ao exercício de 2.022.</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11376/decreto.legislativo.29.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11376/decreto.legislativo.29.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS - JULGAMENTO DE CONTAS DA PREFEITURA MUNICIPAL, REFERENTE AO EXERCÍCIO DE 2021</t>
   </si>
   <si>
     <t>11327</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11327/decreto.legislativo.24.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11327/decreto.legislativo.24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista, referente ao exercício de 2020.</t>
   </si>
   <si>
     <t>10802</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2021/10802/decreto.legislativo.13.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2021/10802/decreto.legislativo.13.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista referente ao exercício de 2.019</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2020/10654/decreto.legislativo.16.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2020/10654/decreto.legislativo.16.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS - JULGAMENTO DE CONTAS DA PREFEITURA MUNICIPAL, REFERENTE AO EXERCÍCIO DE 2018</t>
   </si>
   <si>
     <t>10430</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10430/decreto.leg.26.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10430/decreto.leg.26.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista referentes ao exercício de 2017.</t>
   </si>
   <si>
     <t>10282</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10282/decreto_legislativo_005.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10282/decreto_legislativo_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das Contas da Prefeitura Municipal de São João da Boa Vista referente ao exercício de 2.016.</t>
   </si>
   <si>
     <t>10091</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2018/10091/10091_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2018/10091/10091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA REFERENTE AO EXERCÍCIO DE 2.015.</t>
   </si>
   <si>
     <t>9678</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2016/9678/9678_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2016/9678/9678_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE_x000D_
 SÃO JOÃO DA BOA VISTA REFERENTE AO EXERCÍCIO DE 2.014"</t>
   </si>
   <si>
     <t>9332</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9332/9332_texto_integral.doc</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9332/9332_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA REFERENTE AO EXERCÍCIO DE 2.013"_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9328/9328_texto_integral.doc</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9328/9328_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO  EXERCÍCIO DE 2.012"_x000D_
 </t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2014/9312/9312_texto_integral.doc</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2014/9312/9312_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.011"_x000D_
 </t>
   </si>
   <si>
     <t>9278</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2012/9278/9278_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2012/9278/9278_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.010"</t>
   </si>
   <si>
     <t>9274</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2011/9274/9274_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2011/9274/9274_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.009"</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2010/9256/9256_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2010/9256/9256_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.008"</t>
   </si>
   <si>
     <t>9241</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2009/9241/9241_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2009/9241/9241_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL E SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.007"</t>
   </si>
   <si>
     <t>9220</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2008/9220/9220_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2008/9220/9220_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.006"</t>
   </si>
   <si>
     <t>9202</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2007/9202/9202_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2007/9202/9202_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.005"</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9197/9197_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9197/9197_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.003"</t>
   </si>
   <si>
     <t>9186</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9186/9186_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9186/9186_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.004"</t>
   </si>
   <si>
     <t>9178</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9178/9178_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9178/9178_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA CÂMARA MUNICIPAL DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.004"</t>
   </si>
   <si>
     <t>9159</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2005/9159/9159_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2005/9159/9159_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.001"</t>
   </si>
   <si>
     <t>9149</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2004/9149/9149_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2004/9149/9149_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.002"</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2003/9124/9124_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2003/9124/9124_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 2.000"</t>
   </si>
   <si>
     <t>9632</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9632/9632_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9632/9632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 1999"_x000D_
 </t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9091/9091_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9091/9091_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 1.998"</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2000/9058/9058_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2000/9058/9058_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 1997"</t>
   </si>
   <si>
     <t>9635</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1999/9635/9635_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1999/9635/9635_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DO MUNICÍPIO DE SÃO JOÃO DA BOA VISTA NO EXERCÍCIO DE 1.996"</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1997/9034/9034_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1997/9034/9034_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O JULGAMENTO DAS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL, PARA O EXERCÍCIO DE 1994"</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1993/7284/7284_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1993/7284/7284_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA A ALIENAR, POR DOAÇÃO, AO TRIBUNAL REGIONAL DO TRABALHO DA 15A. REGIÃO - CAMPINAS - SP, UMA ÁREA DE TERRA COM 1785.26 M² PARA CONSTRUÇÃO DA SEDE DA JUNTA DE CONCILIAÇÃO E JULGAMENTO DE SÃO JOÃO DA BOA VISTA".</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1984/2319/2319_texto_integral.pdf</t>
+    <t>http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1984/2319/2319_texto_integral.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA A PREFEITURA MUNICIPAL DE SÃO JOÃO DA BOA VISTA A RENOVAR CONVÊNIO COM O TRIBUNAL REGIONAL DE TRABALHO- 2 ª REGIÃO,PARA FUNCIONAMENTO DA JUNTA DE CONCILIAÇÃO E JULGAMENTO DE SÃO JOÃO DA BOA VISTA''.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -840,67 +840,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2025/11805/decreto.legislativo.30.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11608/resolucao.22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11548/decreto.legislativo.30.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11376/decreto.legislativo.29.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11327/decreto.legislativo.24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2021/10802/decreto.legislativo.13.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2020/10654/decreto.legislativo.16.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10430/decreto.leg.26.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10282/decreto_legislativo_005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2018/10091/10091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2016/9678/9678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9332/9332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9328/9328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2014/9312/9312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2012/9278/9278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2011/9274/9274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2010/9256/9256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2009/9241/9241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2008/9220/9220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2007/9202/9202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9197/9197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9186/9186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9178/9178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2005/9159/9159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2004/9149/9149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2003/9124/9124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9632/9632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9091/9091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2000/9058/9058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1999/9635/9635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1997/9034/9034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1993/7284/7284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1984/2319/2319_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2025/11805/decreto.legislativo.30.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11608/resolucao.22.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2024/11548/decreto.legislativo.30.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11376/decreto.legislativo.29.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2023/11327/decreto.legislativo.24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2021/10802/decreto.legislativo.13.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2020/10654/decreto.legislativo.16.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10430/decreto.leg.26.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/sapl/public/normajuridica/2019/10282/decreto_legislativo_005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2018/10091/10091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2016/9678/9678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9332/9332_texto_integral.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2015/9328/9328_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2014/9312/9312_texto_integral.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2012/9278/9278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2011/9274/9274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2010/9256/9256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2009/9241/9241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2008/9220/9220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2007/9202/9202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9197/9197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9186/9186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2006/9178/9178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2005/9159/9159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2004/9149/9149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2003/9124/9124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9632/9632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2001/9091/9091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/2000/9058/9058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1999/9635/9635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1997/9034/9034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1993/7284/7284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saojoaodaboavista.sp.leg.br/media/./sapl/public/normajuridica/1984/2319/2319_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="102.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>